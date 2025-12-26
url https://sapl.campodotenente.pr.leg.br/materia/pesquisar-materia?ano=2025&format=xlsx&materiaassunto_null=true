--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1570" uniqueCount="658">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1737" uniqueCount="721">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -190,51 +190,51 @@
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO PISO SALARIAL DOS SERVIDORES PÚBLICOS DO MUNICIPIO DE CAMPO DO TENENTE E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/32/pl_0122025.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PLANO MUNICIPAL DE EDUCAÇÃO REGULAMENTADO PELA LEI Nº 869, DE 11 DE JUNHO DE 2015.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/43/of.254-pl_013.pdf</t>
   </si>
   <si>
-    <t>Ofício nº 254/2025-Gab, encaminha Projeto de Lei nº 013/2025, “DISPÕE SOBRE O CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA, A CONFERÊNCIA MUNICIPAL DOS DIREITOS DA PESSOA IDOSA E SOBRE O FUNDO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA NO MUNICÍPIO DE CAMPO DO TENENTE”.</t>
+    <t>“DISPÕE SOBRE O CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA, A CONFERÊNCIA MUNICIPAL DOS DIREITOS DA PESSOA IDOSA E SOBRE O FUNDO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA NO MUNICÍPIO DE CAMPO DO TENENTE”.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/127/pl_15.2025_-_delimita_bairros_do_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>Define e delimita os bairros do perímetro urbano do município de Campo do Tenente</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/129/pl_16.2025_-_coudigo-ambiental.pdf</t>
   </si>
   <si>
     <t>Estabelece o Código Ambiental do Município de Campo do Tenente, institui a Política Municipal de Meio Ambiente e o Sistema Municipal de Meio Ambiente, e dá outras providências</t>
   </si>
@@ -262,52 +262,135 @@
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE CAMPO DO TENENTE, ESTADO DO PARANÁ, PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/190/projeto_de_lei_019-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO, PARA O PERÍODO DE 2026 A 2029, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/219/463-pl_0202025.pdf</t>
   </si>
   <si>
-    <t>Ofício nº 463/2025 encaminha Projeto de Lei 020/2025, que "ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAMPO DO TENENTE PARA O EXERCÍCIO DE 2026"._x000D_
-Obs. anexos via e-mail</t>
+    <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAMPO DO TENENTE PARA O EXERCÍCIO DE 2026"</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/226/pl_021.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O PARCELAMENTO E REPARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE CAMPO DO TENENTE/PR COM SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, DE QUE TRATAM OS ARTS. 115 E 117 DO ATO DAS DISPOSIÇÕES CONSTITUCIONAIS TRANSITÓRIAS - ADCT, COM A REDAÇÃO CONFERIDA PELA EMENDA CONSTITUCIONAL Nº 136, DE 9 DE SETEMBRO DE 2025.</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/227/pl_022.pdf</t>
+  </si>
+  <si>
+    <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal nº. 11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/228/pl_023.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O SISTEMA MUNICIPAL DE  CULTURA DO MUNICÍPIO DE CAMPO DO  TENENTE/PR , E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/224/pl_0242025_e_anexos.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CEDER SERVIDOR AO INSTITUTO DE DESENVOLVIMENTO RURAL DO PARANÁ – IDR-PARANÁ, NOS TERMOS DO TERMO DE COOPERAÇÃO TÉCNICA Nº 361/2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/232/pl_0252025.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ART. 4º DA LEI Nº 673/2010 QUE CRIA O “CONSELHO MUNICIPAL DE ESPORTES DO MUNICÍPIO DE CAMPO DO TENENTE – CMECT.” E, DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/236/pl_026.pdf</t>
+  </si>
+  <si>
+    <t>"APROVA O PLANO MUNICIPAL DE CULTURA DO MUNICÍPIO DE CAMPO DO TENENTE/PR".</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/240/of._522.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 021/2025, que DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE CAMPO DO TENENTE/PR COM O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, EM CONFORMIDADE COM A PORTARIA MTP Nº 3.803, DE 16/11/2022.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/156/resolucao.pdf</t>
   </si>
   <si>
     <t>Constitui as Comissões Permanentes para o biênio de 2025/2026.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_resolucao_002.pdf</t>
   </si>
   <si>
     <t>Regulamenta o uso do veículo oficial da Câmara Municipal de Campo do Tenente - PR</t>
   </si>
@@ -347,53 +430,50 @@
   <si>
     <t>ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>Gustavo Vizentin, Josemar Veiga, Kinho, Rafael Ventura</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/143/resolucao_07.pdf</t>
   </si>
   <si>
     <t>Regulamenta o uso das redes sociais, transmissão, podcast e sistema eletrônicos da Câmara municipal de Campo do Tenente</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/142/resolucao_08.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Vereador Mirim no ambito da Câmara Municipal de Campo do Tenente e dá outras providencias</t>
   </si>
   <si>
-    <t>22</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/22/resolucao_09.pdf</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Rafael Ventura</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/166/resolucao_010.pdf</t>
   </si>
   <si>
     <t>Regulamenta a política de proteção de dados pessoais no âmbito da Câmara Municipal de Campo do Tenente, bem como institui regras específicas complementares às normas gerais estabelecidas pela Lei Federal nº 13.709/2018 – Lei de Proteção de Dados Pessoais(LGPD) e dá outras providências.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/167/resolucao_011.pdf</t>
   </si>
   <si>
     <t>Regulamenta no âmbito da Câmara Municipal de Campo do Tenente a aplicação da Lei Federal nº 13.460, de 26 de junho de 2017, define a organização e o funcionamento da Ouvidoria Legislativa e dá outras providências.</t>
@@ -428,53 +508,50 @@
   <si>
     <t>ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/202/resolucao_015.pdf</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/205/resolucao_016.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Campo do Tenente (Resolução n. 004/2019)</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/217/resolucao_n._017.2025_doacao_de_bens_moveis_a_prefeitura.docx</t>
   </si>
   <si>
-    <t>PROJETO DE RESOLUÇÃO 017-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>119</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/119/plc_02.2025_-_macrozoneamento_-_uso_e_ocupacoaao_de_solo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Macrozoneamento e Uso e Ocupação do Solo da Área Rural do Município de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/120/plc_03.2025_-_projeto_lei_complementar_n_03.2025_-_periumetro_urbano.pdf</t>
   </si>
   <si>
     <t>Define o perímetro urbano do município de Campo do Tenente.</t>
   </si>
   <si>
     <t>121</t>
@@ -515,54 +592,60 @@
   <si>
     <t>125</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/125/plc_08.2025_-_complementar-coudigo-de-obras-e-edificacooaes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Obras e Edificações do Município de Campo do Tenente e dá outras providências</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/126/plc_09.2025_-coudigo-de-posturas.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Código de Posturas do Município de Campo do Tenente e dá outras providências</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/218/010-plc-etr.pdf</t>
   </si>
   <si>
-    <t>Ofício nº 458/2025 e anexos:_x000D_
-[...2 lines deleted...]
-- Parecer Jurídico nº 86/2025 - Procuradoria</t>
+    <t>DISPÕE SOBRE O PROCEDIMENTO PARA A INSTALAÇÃO DE INFRAESTRUTURA DE SUPORTE PARA ESTAÇÃO TRANSMISSORA DE RADIOCOMUNICAÇÃO - ETR, NOS TERMOS DA LEGISLAÇÃO FEDERAL VIGENTE.</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/225/plc_011.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A REDAÇÃO DO ART. 37, DA LEI Nº 511, DE 16 DE DEZEMBRO DE 2005, A QUAL DISPÕE SOBRE A REESTRUTURAÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE CAMPO DO TENENTE/PR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Beto Maurer, Cleiton Costa, Dr. Marcos Rodrigues, Gilmar Barbosa, Gustavo Vizentin, Jorge Quege, Josemar Veiga, Kinho, Rafael Ventura</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/134/decreto_01.pdf</t>
   </si>
   <si>
     <t>Concede Título de Mulher Empreendedora de Campo do Tenente e da outras providências</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/128/decreto_02.pdf</t>
   </si>
@@ -635,92 +718,83 @@
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Dr. Marcos Rodrigues, Rafael Ventura</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_005-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROCEDIMENTO OPERACIONAL PADRÃO (POP) NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, INCLUINDO A CÂMARA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>Kinho, Gustavo Vizentin</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_007.2025.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DE INFORMAÇÕES SOBRE OS SERVIÇOS DE SANEAMENTO BÁSICO E DO PROGRAMA PORTEIRA ADENTRO DO MUNICÍPIO NO SITE OFICIAL DA PREFEITURA DE CAMPO DO TENENTE - PR.</t>
   </si>
   <si>
-    <t>27</t>
-[...1 lines deleted...]
-  <si>
     <t>Rafael Ventura, Gustavo Vizentin, Josemar Veiga, Kinho</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_08-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial ético instituído pela OAB-PR para o cargo de Advogado da Câmara Municipal de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_09.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de alteração temporária da carga horária dos servidores da Câmara Municipal de Campo do Tenente, com ajuste proporcional da remuneração, mediante concordância expressa, e dá outras providências.</t>
   </si>
   <si>
-    <t>26</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_embaixador_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O TÍTULO DE "EMBAIXADOR(A) HONORÁRIO(A) DE CAMPO DO TENENTE" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_acesso_a_informacao_assinado.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI FEDERAL Nº 12.527/2011- LEI DE ACESSO À INFORMAÇÃO - LAI, NO ÂMBITO DA CÂMARA MUNICIPAL DE CAMPO DO TENENTE – PR.</t>
   </si>
   <si>
-    <t>25</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_012.2025_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PARLAMENTO MUNICIPAL DA PESSOA COM DEFICIÊNCIA NO MUNICÍPIO DE CAMPO DO TENENTE, DESTINADO A ESTUDANTES DA APAE, COM FINS EDUCATIVOS E DE CIDADANIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_013.2025_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SELO "EMPRESA AMIGA DA JUVENTUDE"</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Cleiton Costa</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_014-2025_codigo_qr_cleiton_costa.pdf</t>
   </si>
   <si>
     <t>DISPÕE ACERCA DA IMPLANTAÇÃO DE CÓDIGO QR EM TODAS AS PLACAS DE OBRAS PÚBLICAS MUNICIPAIS PARA LEITURA E FISCALIZAÇÃO ELETRÔNICA.</t>
@@ -783,50 +857,89 @@
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Cleiton Costa, Gustavo Vizentin</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/165/emenda_01.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 11, CAPUT, DA LEI MUNICIPAL Nº 920/2017, REDUZINDO O VALOR DO LICENCIAMENTO ANUAL DO SERVIÇO DE TAXI NO MUNICIPIO DE CAMPO DO TENENTE</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Rafael Ventura, Beto Maurer, Cleiton Costa, Dr. Marcos Rodrigues, Gilmar Barbosa, Gustavo Vizentin, Jorge Quege, Josemar Veiga, Kinho</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/45/camara_municipal_4.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda ao Projeto 010/2025 que "ACRESCE O NUMERO DE VAGAS DOS CARGOS QUE MENCIONA, ALTERA O CARGO DE TECNICO EM TRIBUTAÇÃO PARA AUDITOR FISCAL E DA OUTRAS PROVIDÊNCIAS"</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>Gustavo Vizentin</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/231/emenda_aditiva_005-2025_ao_porjeto_de_lei_018-2025.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva 005-2025 ao Projeto de Lei 018-2025</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/230/emenda_aditiva_006-2025_ao_porjeto_de_lei_019-2025.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva 006-2025 ao Projeto de Lei 019-2025</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/229/emenda_aditiva_007-2025_ao_porjeto_de_lei_019-2025.pdf</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda Aditiva 007-2025 ao projeto de Lei 019-2025.</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/238/emenda_aditiva_008-2025_ao_projeto_de_lei_complementar_010-2025.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva 008-2025 ao Projeto de Lei Complementar 010-2025</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao001.pdf</t>
   </si>
   <si>
     <t>instalação de câmeras de segurança em ônibus escolares</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao002.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de poltronas confortáveis e reclináveis para acompanhantes de pacientes dos Postos e UBS 24 hrs São Luiz</t>
   </si>
@@ -864,53 +977,50 @@
   <si>
     <t>Cleiton Costa, Dr. Marcos Rodrigues, Gustavo Vizentin, Josemar Veiga</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao006.pdf</t>
   </si>
   <si>
     <t>Implantação de Transporte Coletivo para moradores de áreas rurais</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Jorge Quege</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao007.pdf</t>
   </si>
   <si>
     <t>Implantação de Ponto de Ônibus para trabalhadores que exercem funções fora do Município</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>Gustavo Vizentin</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao008.pdf</t>
   </si>
   <si>
     <t>Implantação de horário estendido para Postos de Saúde da Estratégia Saúde da Família</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Kinho</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao009.pdf</t>
   </si>
   <si>
     <t>Manutenção de espaços e reparos em vias públicas e iluminação</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao010.pdf</t>
   </si>
   <si>
     <t>Manutenção e instalação de novos equipamentos pracinha da Rua Salvador Zoreck</t>
@@ -993,87 +1103,78 @@
   <si>
     <t>76</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao019.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção de ponte na localidade de Capoerinha</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Dr. Marcos Rodrigues, Josemar Veiga</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao020.pdf</t>
   </si>
   <si>
     <t>Indica construção de segundo portão para acesso exclusivo de pais e funcionários, na Escola Municipal Professor Gunther Urban</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>21</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao021.pdf</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal a oferta e pagamento de cursos de capacitação para seus motoristas</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Beto Maurer, Jorge Quege</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao022.pdf</t>
   </si>
   <si>
     <t>Indica a criação de Projeto de Lei para custear os serviços da instalação de esgoto sanitário para famílias de baixa renda</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>23</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao023.pdf</t>
   </si>
   <si>
     <t>Indica continuação do asfaltamento na Rua Nadir José Donato, manutenção da iluminação publica e alargamento da mesma</t>
   </si>
   <si>
     <t>81</t>
-  </si>
-[...1 lines deleted...]
-    <t>24</t>
   </si>
   <si>
     <t>Rafael Ventura, Dr. Marcos Rodrigues, Josemar Veiga</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao024.pdf</t>
   </si>
   <si>
     <t>Sugere o pagamento do piso regional do Paraná aos servidores públicos do município</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao025.pdf</t>
   </si>
   <si>
     <t>Indica o avanço da Tabela do plano de carreira dos professores seguindo o piso nacional e revisão do plano de carreira dos professores do magistério</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao026.pdf</t>
   </si>
@@ -1376,50 +1477,68 @@
     <t>199</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao056.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de lixeiras de coleta seletiva e a inclusão da Escola João Paulo II na rota semanal do caminhão de coleta seletiva.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_reforma_gunther.docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de cobertura da área de lavanderia situada na parte frontal da Escola Municipal Professor Gunther Urban, bem como a reforma dos beirais do prédio escolar, especialmente nos fundos do edifício de dois andares, que apresentam risco de queda.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao057.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza, manutenção do terreno pertencente à Prefeitura localizado em frente à Câmara Municipal, bem como a finalização do dreno já iniciado no local.</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/</t>
+  </si>
+  <si>
+    <t>"Solicita melhorias na iluminação pública, correção da rede baixa e implantação de duas lombadas na Rua Olívio Belich"</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_060-_2025-_vereador_marcos_wesley_lazarino.docx</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a instalação de um ponto de ônibus na Rua Rubino de Moraes, a instalação de uma lixeira na Rua Salvador Zorek e a realização de manutenção nas referidas vias públicas.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/155/mocao_001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS 01/2025-LARISSA CARVALHO CARNEIRO</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/2/mocao_002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS 02/2025 - SOLDADO LUCAS LUIZ HONES E CABO ALEX DIETRICH RODRIGUES</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/5/mocao_003.pdf</t>
   </si>
@@ -1458,79 +1577,69 @@
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/208/mocao_008.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS N. 08/2025_x000D_
 DILMA DE LIMA_x000D_
 GILSON KUHL_x000D_
 MARIANA KAISS_x000D_
 MARILENE APARECIDA HORNICK_x000D_
 ARILDO JOSE DA SILVA</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/169/oficio_330-2025.pdf</t>
   </si>
   <si>
-    <t>VETO PARCIAL AO PROJETO DE LEI Nº 013, DE 2025</t>
+    <t>Veto Parcial ao PROJETO DE LEI Nº 013, DE 2025 - Súmula: Institui o selo “Empresa Amiga da Juventude”</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/212/of._4342025-gab_e_anexos.pdf</t>
   </si>
   <si>
-    <t>Ofício nº 434/2025-Gab - Ref:- Ofício 125/2025 – Protocolo nº  2062/2025. _x000D_
-[...3 lines deleted...]
-MENSAGEM DO SR. PREFEITO MUNICIPAL</t>
+    <t>Veto Integral ao Projeto de Lei 008/2025 - Sumula: Dispõe sobre o piso ético salarial instituído pela OAB/PR para o cargo de advogado da Câmara Municipal de Campo do Tenente e dá outras providências"</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/213/of._4532025-gab_eanexos.pdf</t>
   </si>
   <si>
-    <t>Oficio nº 453/2025-gab e anexos_x000D_
-[...5 lines deleted...]
-MENSAGEM DO SR. PREFEITO MUNICIPAL</t>
+    <t>Veto Parcial ao Projeto de Lei 007/2025 - Sumula: Dispõe sobre a divulgação, no site oficial da Prefeitura Municipal, das informações referentes aos serviços de saneamento e ao auxílio na execução de obras de infraestrutura, e dá outras providências"</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/96/requerimento001.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado o presente Ofício ao digníssimo diretor - Geral do Der Departamento de Estradas de Rodagem</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento002.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado o presente Ofício ao digníssimo 3°Sargento Gilberto Francisco Alves</t>
   </si>
@@ -1798,78 +1907,84 @@
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento033.pdf</t>
   </si>
   <si>
     <t>Requer o envio de Ofício à Prefeitura Municipal de Campo do Tenente para obter informações sobre a rua onde se localiza o Departamento de tratamento de água na localidade do Lageado.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>Gustavo Vizentin, Dr. Marcos Rodrigues, Rafael Ventura</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento034.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO 034-2025</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento035.pdf</t>
   </si>
   <si>
-    <t>REQUERIMENTO 035-2025</t>
+    <t>Solicita informações ao Poder Executivo Municipal acerca do fornecimento de calcário aos produtores rurais do Município de Campo do Tenente."</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento036.pdf</t>
+  </si>
+  <si>
+    <t>"Solicita informações à SANEPAR sobre valores de ligação da rede de esgoto, apoio ao Executivo Municipal, fornecimento de materiais e possibilidade de audiência pública".</t>
   </si>
   <si>
     <t>OFEX</t>
   </si>
   <si>
     <t>Oficio do Poder Executivo</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/1/193-camaramunicipal_-_audiencia_-_2.pdf</t>
   </si>
   <si>
     <t>Oficio nº 193/2025-gab e anexo</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/18/of._2052025-gab_e_anexo.pdf</t>
   </si>
   <si>
     <t>Encaminha Of. 205/2025-gab e anexo</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/19/oficio_26_requerimento_sobre_transporte.pdf_ass.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO SOBRE TRANSPORTE ESCOLAR</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://sapl.campodotenente.pr.leg.br/media/</t>
   </si>
   <si>
     <t>OFICÍO N° 238/2025</t>
   </si>
   <si>
     <t>OFICÍO 240/2025</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/42/242-camara_municipal_convite_assinado.pdf</t>
   </si>
   <si>
     <t>Ofício 242/2025-GAB_x000D_
 Assunto: Convite para Reunião de Entrega do Programa "Itaipu Mais que _x000D_
 Energia</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/39/oficio_240_e_anexos.pdf</t>
   </si>
   <si>
     <t>Ofício nº 240/2025-Gab (solicita substituição de PL 011/2025)_x000D_
 Projeto de Lei nº 011/2025_x000D_
 Impacto Financeiro_x000D_
 Declaração</t>
   </si>
   <si>
@@ -2076,50 +2191,121 @@
     <t>201</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/201/oficio_420-2025.pdf</t>
   </si>
   <si>
     <t>Ofício nº 420/2025 Indicações de representantes (titulares e suplentes) para compor conselhos municipais.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/214/oficio_434-2025_ref._veto_pl_008-2025.pdf</t>
   </si>
   <si>
     <t>OFÍCIO 434/2025 VETO 02/2025</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/215/oficio_453-2025_ref._veto_pl_007-2025.pdf</t>
   </si>
   <si>
     <t>OFÍCIO 453/2025 VETO 03/2025</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/222/489-_resposta_-_camara.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 489/2025-Gab e anexos_x000D_
+em resposta ao Ofício nº 157/2025 –  Protocolo 2336/2025_x000D_
+Obs. os anexos seguem via e-mail.</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/223/494-_resposta_-_camara-assinado.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 494/2025-Gab_x000D_
+Assunto: Resposta ao Ofício nº 158/2025 – Protocolo 2333/2025</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/237/oficio_no_5112025-gab.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 511/2025-Gab_x000D_
+solicita a retirada do  Projeto de Lei Complementar nº 011/2025, que ALTERA A REDAÇÃO DO ART. 37, DA LEI Nº 511, DE 16 DE DEZEMBRO DE 2005, A QUAL DISPÕE SOBRE A REESTRUTURAÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE CAMPO DO TENENTE/PR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/242/of._5232025-gab_e_anexos.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 523/2025-Gab e anexos_x000D_
+Encaminha Impacto Financeiro referente o Projeto de Lei nº 021/2025. que DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE CAMPO DO TENENTE/PR COM O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, EM CONFORMIDADE COM A PORTARIA MTP Nº 3.803, DE 16/11/2022.</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/243/525-_resposta_-_camara_.pdf</t>
+  </si>
+  <si>
+    <t>Oficio nº 525/2025 - GAB                _x000D_
+AO EXCELENTÍSSIMO SENHOR: _x000D_
+RAFAEL VENTURA _x000D_
+Campo do Tenente, (PR), 11 de dezembro de 2025._x000D_
+PRESIDENTE DA CÂMARA MUNICIPAL DE VEREADORES_x000D_
+CAMPO DO TENENTE – PR  _x000D_
+Assunto: Resposta ao Ofício nº 181/2025 –  Protocolo 2523/2025</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>PSUBE</t>
+  </si>
+  <si>
+    <t>Projeto Substitutivo Executivo</t>
+  </si>
+  <si>
+    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/239/oficio_5182025_-_subs._pl_023.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO SUBSTITUTIVO AO PROJETO 023/2025 - DISPÕE SOBRE O SISTEMA MUNICIPAL DE CULTURA DO MUNICÍPIO DE CAMPO DO TENENTE/PR, E DÁ OUTRAS PROVIDÊNCIAS,</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2423,56 +2609,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_lei_001-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_003_part_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei__004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_de_lei_005_page-0003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_006_page-0003.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_008_page-0001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_11_alterado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/32/pl_0122025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/43/of.254-pl_013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/127/pl_15.2025_-_delimita_bairros_do_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/129/pl_16.2025_-_coudigo-ambiental.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/130/pl_17.2025_-_fundo_de_desenvolvimento_urbano_oco_fdu.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_de_lei_018-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/190/projeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/219/463-pl_0202025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/156/resolucao.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_005.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_resolucao_006.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/143/resolucao_07.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/142/resolucao_08.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/22/resolucao_09.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/166/resolucao_010.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/167/resolucao_011.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/168/resolucao_012.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/195/resolucao_013.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/197/resolucao_014.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/202/resolucao_015.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/205/resolucao_016.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/217/resolucao_n._017.2025_doacao_de_bens_moveis_a_prefeitura.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/119/plc_02.2025_-_macrozoneamento_-_uso_e_ocupacoaao_de_solo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/120/plc_03.2025_-_projeto_lei_complementar_n_03.2025_-_periumetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/121/plc_04.2025_-_zoneamentoto_uso_e_ocupacoaao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/122/plc_05.2025_-_parcelamento-e-remembramento-e-uso-do-solo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/123/plc_06.2025_-_instrumentos-urbanisticos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/124/plc_07.2025_-_sistema_viaurio.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/125/plc_08.2025_-_complementar-coudigo-de-obras-e-edificacooaes.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/126/plc_09.2025_-coudigo-de-posturas.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/218/010-plc-etr.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/134/decreto_01.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/128/decreto_02.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/206/decreto_03.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/207/decreto_04.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_01.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_002-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_03.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_004-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_005-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_007.2025.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_08-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_09.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_embaixador_assinado.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_acesso_a_informacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_012.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_013.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_014-2025_codigo_qr_cleiton_costa.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_015-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/180/projeto_de_lei_evento_religioso.docx.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_lei_denominacao_aparelhos_publicos.docx_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/216/projeto_de_lei_do_grau_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/162/substitutivo_n1o_projeto_de_lei_complentar_01.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/165/emenda_01.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/45/camara_municipal_4.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao001.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao002.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao003.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao004.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao005.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao006.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao007.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao008.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao009.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao010.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao011.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao012.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao013.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao014.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao015.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao016.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao017.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao018.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao026.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao027.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao028.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao029.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao030.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao031.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao032.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao033.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao034.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao035.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao036.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao037.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao038.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao039.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao040.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao041.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao042.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_plano_de_saude-_2025-_vereador_marcos_antonio_e_josemar_assinado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_044.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_045_2.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_046.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_049-2025_vereador_cleiton_costa.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao051.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao052.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao053.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao054.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao055.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao056.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_reforma_gunther.docx.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao057.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/155/mocao_001.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/2/mocao_002.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/5/mocao_003.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/6/mocao_004.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/3/mocao_005.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_006.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/24/mocao_007.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/208/mocao_008.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/169/oficio_330-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/212/of._4342025-gab_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/213/of._4532025-gab_eanexos.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/96/requerimento001.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento002.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento003.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento004.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento005.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento006.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento08.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento009.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento010.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/154/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento012.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento013.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento014.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento015.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento016.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento017.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento018.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/8/requerimento019.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/15/requerimento020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/16/requerimento021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_secretaria_educacao-_vereador_marcos_antonio_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_023_gustavo_vizentin_assinado.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_024-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/94/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/164/requerimento_027-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_28-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/174/requerimento_029_vereadores_gustavo_vizentin_e_marcos_wesley_lazarino.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_030_vereadores_gustavo_vizentin_e_marcos_wesley_lazarino.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento031.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento033.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento034.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento035.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/1/193-camaramunicipal_-_audiencia_-_2.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/18/of._2052025-gab_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/19/oficio_26_requerimento_sobre_transporte.pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/42/242-camara_municipal_convite_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/39/oficio_240_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/68/272-camara_municipal_-_copias_de_atas-2-ass.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/111/289_-_camara_-_pavimentacoes-ass.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/114/291-camara_-_resp._of_031-ass.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/115/292-_camara_-_plano_diretor-ass.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/133/332-_resposta_-_camara-ass.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/135/331-_resposta_-_camara_-ass.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/136/330-camara_-ass.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/139/336-camara_-_dev_de_projeto-ass.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/150/340-camaramunicipal-ass.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/171/365-_resposta_-_camara_-ass.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/186/375-camaramunicipal.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/187/386-camaramunicipal_-_pl_019-ass.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/188/385-camaramunicipal_-_pl_018_-ass.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/198/of._403_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/200/420-camaramunicipal_-_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/201/oficio_420-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/214/oficio_434-2025_ref._veto_pl_008-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/215/oficio_453-2025_ref._veto_pl_007-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_lei_001-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_003_part_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei__004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_de_lei_005_page-0003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_006_page-0003.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_008_page-0001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_11_alterado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/32/pl_0122025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/43/of.254-pl_013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/127/pl_15.2025_-_delimita_bairros_do_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/129/pl_16.2025_-_coudigo-ambiental.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/130/pl_17.2025_-_fundo_de_desenvolvimento_urbano_oco_fdu.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_de_lei_018-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/190/projeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/219/463-pl_0202025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/226/pl_021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/227/pl_022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/228/pl_023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/224/pl_0242025_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/232/pl_0252025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/236/pl_026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/240/of._522.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/156/resolucao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_005.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_resolucao_006.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/143/resolucao_07.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/142/resolucao_08.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/22/resolucao_09.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/166/resolucao_010.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/167/resolucao_011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/168/resolucao_012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/195/resolucao_013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/197/resolucao_014.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/202/resolucao_015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/205/resolucao_016.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/217/resolucao_n._017.2025_doacao_de_bens_moveis_a_prefeitura.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/119/plc_02.2025_-_macrozoneamento_-_uso_e_ocupacoaao_de_solo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/120/plc_03.2025_-_projeto_lei_complementar_n_03.2025_-_periumetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/121/plc_04.2025_-_zoneamentoto_uso_e_ocupacoaao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/122/plc_05.2025_-_parcelamento-e-remembramento-e-uso-do-solo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/123/plc_06.2025_-_instrumentos-urbanisticos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/124/plc_07.2025_-_sistema_viaurio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/125/plc_08.2025_-_complementar-coudigo-de-obras-e-edificacooaes.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/126/plc_09.2025_-coudigo-de-posturas.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/218/010-plc-etr.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/225/plc_011.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/134/decreto_01.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/128/decreto_02.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/206/decreto_03.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/207/decreto_04.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_01.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_002-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_03.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_004-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_005-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_007.2025.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_08-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_09.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_embaixador_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_acesso_a_informacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_012.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_013.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_014-2025_codigo_qr_cleiton_costa.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_015-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/180/projeto_de_lei_evento_religioso.docx.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_lei_denominacao_aparelhos_publicos.docx_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/216/projeto_de_lei_do_grau_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/162/substitutivo_n1o_projeto_de_lei_complentar_01.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/165/emenda_01.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/45/camara_municipal_4.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/231/emenda_aditiva_005-2025_ao_porjeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/230/emenda_aditiva_006-2025_ao_porjeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/229/emenda_aditiva_007-2025_ao_porjeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/238/emenda_aditiva_008-2025_ao_projeto_de_lei_complementar_010-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao001.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao002.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao003.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao004.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao005.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao006.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao007.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao008.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao009.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao010.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao011.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao012.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao013.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao014.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao015.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao016.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao027.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao028.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao029.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao030.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao031.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao032.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao033.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao034.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao035.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao036.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao037.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao038.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao039.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao040.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao041.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao042.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_plano_de_saude-_2025-_vereador_marcos_antonio_e_josemar_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_044.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_045_2.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_046.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_049-2025_vereador_cleiton_costa.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao051.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao052.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao053.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao054.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao055.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao056.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_reforma_gunther.docx.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao057.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_060-_2025-_vereador_marcos_wesley_lazarino.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/155/mocao_001.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/2/mocao_002.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/5/mocao_003.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/6/mocao_004.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/3/mocao_005.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_006.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/24/mocao_007.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/208/mocao_008.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/169/oficio_330-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/212/of._4342025-gab_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/213/of._4532025-gab_eanexos.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/96/requerimento001.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento002.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento003.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento004.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento005.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento006.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento08.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento009.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento010.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/154/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento012.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento013.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento014.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento015.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento016.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/8/requerimento019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/15/requerimento020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/16/requerimento021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_secretaria_educacao-_vereador_marcos_antonio_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_023_gustavo_vizentin_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_024-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/94/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/164/requerimento_027-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_28-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/174/requerimento_029_vereadores_gustavo_vizentin_e_marcos_wesley_lazarino.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_030_vereadores_gustavo_vizentin_e_marcos_wesley_lazarino.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento031.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento033.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento034.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento035.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento036.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/1/193-camaramunicipal_-_audiencia_-_2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/18/of._2052025-gab_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/19/oficio_26_requerimento_sobre_transporte.pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/42/242-camara_municipal_convite_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/39/oficio_240_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/68/272-camara_municipal_-_copias_de_atas-2-ass.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/111/289_-_camara_-_pavimentacoes-ass.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/114/291-camara_-_resp._of_031-ass.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/115/292-_camara_-_plano_diretor-ass.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/133/332-_resposta_-_camara-ass.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/135/331-_resposta_-_camara_-ass.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/136/330-camara_-ass.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/139/336-camara_-_dev_de_projeto-ass.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/150/340-camaramunicipal-ass.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/171/365-_resposta_-_camara_-ass.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/186/375-camaramunicipal.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/187/386-camaramunicipal_-_pl_019-ass.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/188/385-camaramunicipal_-_pl_018_-ass.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/198/of._403_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/200/420-camaramunicipal_-_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/201/oficio_420-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/214/oficio_434-2025_ref._veto_pl_008-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/215/oficio_453-2025_ref._veto_pl_007-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/222/489-_resposta_-_camara.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/223/494-_resposta_-_camara-assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/237/oficio_no_5112025-gab.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/242/of._5232025-gab_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/243/525-_resposta_-_camara_.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/239/oficio_5182025_-_subs._pl_023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H197"/>
+  <dimension ref="A1:H218"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="120.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="154.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2946,4650 +3132,5193 @@
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>82</v>
       </c>
       <c r="H19" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>84</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>10</v>
+        <v>85</v>
       </c>
       <c r="D20" t="s">
-        <v>85</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
+        <v>12</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>86</v>
       </c>
-      <c r="G20" s="1" t="s">
+      <c r="H20" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>88</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
         <v>89</v>
       </c>
-      <c r="B21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>85</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>86</v>
+        <v>12</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>90</v>
       </c>
       <c r="H21" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
         <v>92</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="D22" t="s">
-        <v>85</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>86</v>
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H22" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>25</v>
+        <v>97</v>
       </c>
       <c r="D23" t="s">
-        <v>85</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>86</v>
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H23" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>29</v>
+        <v>101</v>
       </c>
       <c r="D24" t="s">
-        <v>85</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>86</v>
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="H24" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>33</v>
+        <v>105</v>
       </c>
       <c r="D25" t="s">
-        <v>85</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>86</v>
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="H25" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>37</v>
+        <v>109</v>
       </c>
       <c r="D26" t="s">
-        <v>85</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="H26" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>41</v>
+        <v>10</v>
       </c>
       <c r="D27" t="s">
-        <v>85</v>
+        <v>113</v>
       </c>
       <c r="E27" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="H27" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D28" t="s">
-        <v>85</v>
+        <v>113</v>
       </c>
       <c r="E28" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="H28" t="s">
-        <v>94</v>
+        <v>119</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>120</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>21</v>
+      </c>
+      <c r="D29" t="s">
         <v>113</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="E29" t="s">
         <v>114</v>
       </c>
-      <c r="D29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G29" s="1" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="H29" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>49</v>
+        <v>25</v>
       </c>
       <c r="D30" t="s">
-        <v>85</v>
+        <v>113</v>
       </c>
       <c r="E30" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H30" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>53</v>
+        <v>29</v>
       </c>
       <c r="D31" t="s">
-        <v>85</v>
+        <v>113</v>
       </c>
       <c r="E31" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="H31" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>57</v>
+        <v>33</v>
       </c>
       <c r="D32" t="s">
-        <v>85</v>
+        <v>113</v>
       </c>
       <c r="E32" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="H32" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>128</v>
+        <v>37</v>
       </c>
       <c r="D33" t="s">
-        <v>85</v>
+        <v>113</v>
       </c>
       <c r="E33" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="F33" t="s">
-        <v>115</v>
+        <v>133</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="H33" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="D34" t="s">
-        <v>85</v>
+        <v>113</v>
       </c>
       <c r="E34" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="F34" t="s">
-        <v>115</v>
+        <v>133</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="H34" t="s">
-        <v>126</v>
+        <v>138</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>89</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>45</v>
+      </c>
+      <c r="D35" t="s">
+        <v>113</v>
+      </c>
+      <c r="E35" t="s">
+        <v>114</v>
+      </c>
+      <c r="F35" t="s">
         <v>133</v>
       </c>
-      <c r="B35" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G35" s="1" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="H35" t="s">
-        <v>135</v>
+        <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>69</v>
+        <v>141</v>
       </c>
       <c r="D36" t="s">
-        <v>85</v>
+        <v>113</v>
       </c>
       <c r="E36" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="F36" t="s">
-        <v>115</v>
+        <v>142</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="H36" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="D37" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="E37" t="s">
-        <v>141</v>
+        <v>114</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="H37" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="D38" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="E38" t="s">
-        <v>141</v>
+        <v>114</v>
       </c>
       <c r="F38" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="H38" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="D39" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="E39" t="s">
-        <v>141</v>
+        <v>114</v>
       </c>
       <c r="F39" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="H39" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>29</v>
+        <v>155</v>
       </c>
       <c r="D40" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="E40" t="s">
-        <v>141</v>
+        <v>114</v>
       </c>
       <c r="F40" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H40" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>158</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>61</v>
+      </c>
+      <c r="D41" t="s">
+        <v>113</v>
+      </c>
+      <c r="E41" t="s">
+        <v>114</v>
+      </c>
+      <c r="F41" t="s">
+        <v>142</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H41" t="s">
         <v>153</v>
-      </c>
-[...19 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="D42" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="E42" t="s">
-        <v>141</v>
+        <v>114</v>
       </c>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="H42" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="D43" t="s">
-        <v>140</v>
+        <v>113</v>
       </c>
       <c r="E43" t="s">
-        <v>141</v>
+        <v>114</v>
       </c>
       <c r="F43" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="H43" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="D44" t="s">
-        <v>140</v>
+        <v>166</v>
       </c>
       <c r="E44" t="s">
-        <v>141</v>
+        <v>167</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="H44" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>114</v>
+        <v>21</v>
       </c>
       <c r="D45" t="s">
-        <v>140</v>
+        <v>166</v>
       </c>
       <c r="E45" t="s">
-        <v>141</v>
+        <v>167</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="H45" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="D46" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E46" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="F46" t="s">
-        <v>171</v>
+        <v>13</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="H46" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D47" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E47" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="F47" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="H47" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="D48" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E48" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="F48" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H48" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D49" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E49" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="F49" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H49" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="D50" t="s">
-        <v>184</v>
+        <v>166</v>
       </c>
       <c r="E50" t="s">
-        <v>185</v>
+        <v>167</v>
       </c>
       <c r="F50" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>186</v>
       </c>
       <c r="H50" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>188</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="D51" t="s">
-        <v>184</v>
+        <v>166</v>
       </c>
       <c r="E51" t="s">
-        <v>185</v>
+        <v>167</v>
       </c>
       <c r="F51" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="G51" s="1" t="s">
         <v>189</v>
       </c>
       <c r="H51" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>191</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>21</v>
+        <v>141</v>
       </c>
       <c r="D52" t="s">
-        <v>184</v>
+        <v>166</v>
       </c>
       <c r="E52" t="s">
-        <v>185</v>
+        <v>167</v>
       </c>
       <c r="F52" t="s">
-        <v>115</v>
+        <v>13</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>192</v>
       </c>
       <c r="H52" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>194</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="D53" t="s">
-        <v>184</v>
+        <v>166</v>
       </c>
       <c r="E53" t="s">
-        <v>185</v>
+        <v>167</v>
       </c>
       <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>195</v>
       </c>
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>197</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>10</v>
+      </c>
+      <c r="D54" t="s">
         <v>198</v>
       </c>
-      <c r="B54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E54" t="s">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="F54" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H54" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D55" t="s">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="E55" t="s">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="F55" t="s">
-        <v>203</v>
+        <v>133</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H55" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>206</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D56" t="s">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="E56" t="s">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="F56" t="s">
+        <v>142</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>209</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>25</v>
+      </c>
+      <c r="D57" t="s">
+        <v>198</v>
+      </c>
+      <c r="E57" t="s">
+        <v>199</v>
+      </c>
+      <c r="F57" t="s">
+        <v>142</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="B57" t="s">
-[...14 lines deleted...]
-      <c r="G57" s="1" t="s">
+      <c r="H57" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>212</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" t="s">
         <v>213</v>
       </c>
-      <c r="B58" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E58" t="s">
-        <v>185</v>
+        <v>214</v>
       </c>
       <c r="F58" t="s">
-        <v>115</v>
+        <v>133</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="H58" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D59" t="s">
-        <v>184</v>
+        <v>213</v>
       </c>
       <c r="E59" t="s">
-        <v>185</v>
+        <v>214</v>
       </c>
       <c r="F59" t="s">
-        <v>115</v>
+        <v>142</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H59" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="D60" t="s">
-        <v>184</v>
+        <v>213</v>
       </c>
       <c r="E60" t="s">
-        <v>185</v>
+        <v>214</v>
       </c>
       <c r="F60" t="s">
-        <v>115</v>
+        <v>142</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H60" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>57</v>
+        <v>25</v>
       </c>
       <c r="D61" t="s">
-        <v>184</v>
+        <v>213</v>
       </c>
       <c r="E61" t="s">
-        <v>185</v>
+        <v>214</v>
       </c>
       <c r="F61" t="s">
-        <v>195</v>
+        <v>224</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="H61" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>128</v>
+        <v>29</v>
       </c>
       <c r="D62" t="s">
-        <v>184</v>
+        <v>213</v>
       </c>
       <c r="E62" t="s">
-        <v>185</v>
+        <v>214</v>
       </c>
       <c r="F62" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="H62" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>61</v>
+        <v>37</v>
       </c>
       <c r="D63" t="s">
-        <v>184</v>
+        <v>213</v>
       </c>
       <c r="E63" t="s">
-        <v>185</v>
+        <v>214</v>
       </c>
       <c r="F63" t="s">
-        <v>115</v>
+        <v>232</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="H63" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>232</v>
+        <v>109</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>65</v>
+        <v>41</v>
       </c>
       <c r="D64" t="s">
-        <v>184</v>
+        <v>213</v>
       </c>
       <c r="E64" t="s">
-        <v>185</v>
+        <v>214</v>
       </c>
       <c r="F64" t="s">
-        <v>195</v>
+        <v>235</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="H64" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>238</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>45</v>
+      </c>
+      <c r="D65" t="s">
+        <v>213</v>
+      </c>
+      <c r="E65" t="s">
+        <v>214</v>
+      </c>
+      <c r="F65" t="s">
         <v>235</v>
       </c>
-      <c r="B65" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G65" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="H65" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>238</v>
+        <v>105</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>73</v>
+        <v>141</v>
       </c>
       <c r="D66" t="s">
-        <v>184</v>
+        <v>213</v>
       </c>
       <c r="E66" t="s">
-        <v>185</v>
+        <v>214</v>
       </c>
       <c r="F66" t="s">
-        <v>195</v>
+        <v>142</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H66" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="D67" t="s">
-        <v>242</v>
+        <v>213</v>
       </c>
       <c r="E67" t="s">
-        <v>243</v>
+        <v>214</v>
       </c>
       <c r="F67" t="s">
-        <v>115</v>
+        <v>142</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>244</v>
       </c>
       <c r="H67" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>101</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>53</v>
+      </c>
+      <c r="D68" t="s">
+        <v>213</v>
+      </c>
+      <c r="E68" t="s">
+        <v>214</v>
+      </c>
+      <c r="F68" t="s">
+        <v>142</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="B68" t="s">
-[...5 lines deleted...]
-      <c r="D68" t="s">
+      <c r="H68" t="s">
         <v>247</v>
-      </c>
-[...10 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="D69" t="s">
-        <v>247</v>
+        <v>213</v>
       </c>
       <c r="E69" t="s">
-        <v>248</v>
+        <v>214</v>
       </c>
       <c r="F69" t="s">
-        <v>253</v>
+        <v>224</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
       <c r="H69" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>10</v>
+        <v>155</v>
       </c>
       <c r="D70" t="s">
-        <v>257</v>
+        <v>213</v>
       </c>
       <c r="E70" t="s">
-        <v>258</v>
+        <v>214</v>
       </c>
       <c r="F70" t="s">
-        <v>171</v>
+        <v>252</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="H70" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="D71" t="s">
+        <v>213</v>
+      </c>
+      <c r="E71" t="s">
+        <v>214</v>
+      </c>
+      <c r="F71" t="s">
+        <v>142</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="H71" t="s">
         <v>257</v>
-      </c>
-[...10 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>21</v>
+        <v>65</v>
       </c>
       <c r="D72" t="s">
-        <v>257</v>
+        <v>213</v>
       </c>
       <c r="E72" t="s">
-        <v>258</v>
+        <v>214</v>
       </c>
       <c r="F72" t="s">
-        <v>195</v>
+        <v>224</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="H72" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>25</v>
+        <v>69</v>
       </c>
       <c r="D73" t="s">
-        <v>257</v>
+        <v>213</v>
       </c>
       <c r="E73" t="s">
-        <v>258</v>
+        <v>214</v>
       </c>
       <c r="F73" t="s">
-        <v>195</v>
+        <v>224</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="H73" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="D74" t="s">
-        <v>257</v>
+        <v>213</v>
       </c>
       <c r="E74" t="s">
-        <v>258</v>
+        <v>214</v>
       </c>
       <c r="F74" t="s">
-        <v>199</v>
+        <v>224</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="H74" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D75" t="s">
-        <v>257</v>
+        <v>268</v>
       </c>
       <c r="E75" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="F75" t="s">
-        <v>274</v>
+        <v>142</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="H75" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>272</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>10</v>
+      </c>
+      <c r="D76" t="s">
+        <v>273</v>
+      </c>
+      <c r="E76" t="s">
+        <v>274</v>
+      </c>
+      <c r="F76" t="s">
+        <v>275</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H76" t="s">
         <v>277</v>
-      </c>
-[...19 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>278</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>21</v>
+      </c>
+      <c r="D77" t="s">
+        <v>273</v>
+      </c>
+      <c r="E77" t="s">
+        <v>274</v>
+      </c>
+      <c r="F77" t="s">
+        <v>279</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H77" t="s">
         <v>281</v>
-      </c>
-[...19 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>282</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>29</v>
+      </c>
+      <c r="D78" t="s">
+        <v>273</v>
+      </c>
+      <c r="E78" t="s">
+        <v>274</v>
+      </c>
+      <c r="F78" t="s">
+        <v>283</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="H78" t="s">
         <v>285</v>
-      </c>
-[...19 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>114</v>
+        <v>33</v>
       </c>
       <c r="D79" t="s">
-        <v>257</v>
+        <v>273</v>
       </c>
       <c r="E79" t="s">
-        <v>258</v>
+        <v>274</v>
       </c>
       <c r="F79" t="s">
-        <v>115</v>
+        <v>283</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="H79" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>49</v>
+        <v>37</v>
       </c>
       <c r="D80" t="s">
-        <v>257</v>
+        <v>273</v>
       </c>
       <c r="E80" t="s">
-        <v>258</v>
+        <v>274</v>
       </c>
       <c r="F80" t="s">
-        <v>115</v>
+        <v>142</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="H80" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="D81" t="s">
-        <v>257</v>
+        <v>273</v>
       </c>
       <c r="E81" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>274</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="H81" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
+        <v>295</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>10</v>
+      </c>
+      <c r="D82" t="s">
+        <v>296</v>
+      </c>
+      <c r="E82" t="s">
+        <v>297</v>
+      </c>
+      <c r="F82" t="s">
+        <v>200</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="B82" t="s">
-[...14 lines deleted...]
-      <c r="G82" s="1" t="s">
+      <c r="H82" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>300</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>17</v>
+      </c>
+      <c r="D83" t="s">
+        <v>296</v>
+      </c>
+      <c r="E83" t="s">
+        <v>297</v>
+      </c>
+      <c r="F83" t="s">
+        <v>224</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="B83" t="s">
-[...14 lines deleted...]
-      <c r="G83" s="1" t="s">
+      <c r="H83" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>303</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>21</v>
+      </c>
+      <c r="D84" t="s">
+        <v>296</v>
+      </c>
+      <c r="E84" t="s">
+        <v>297</v>
+      </c>
+      <c r="F84" t="s">
+        <v>224</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="B84" t="s">
-[...14 lines deleted...]
-      <c r="G84" s="1" t="s">
+      <c r="H84" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
+        <v>306</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>25</v>
+      </c>
+      <c r="D85" t="s">
+        <v>296</v>
+      </c>
+      <c r="E85" t="s">
+        <v>297</v>
+      </c>
+      <c r="F85" t="s">
+        <v>224</v>
+      </c>
+      <c r="G85" s="1" t="s">
         <v>307</v>
       </c>
-      <c r="B85" t="s">
-[...14 lines deleted...]
-      <c r="G85" s="1" t="s">
+      <c r="H85" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>309</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>29</v>
+      </c>
+      <c r="D86" t="s">
+        <v>296</v>
+      </c>
+      <c r="E86" t="s">
+        <v>297</v>
+      </c>
+      <c r="F86" t="s">
+        <v>228</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="B86" t="s">
-[...14 lines deleted...]
-      <c r="G86" s="1" t="s">
+      <c r="H86" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>312</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>33</v>
+      </c>
+      <c r="D87" t="s">
+        <v>296</v>
+      </c>
+      <c r="E87" t="s">
+        <v>297</v>
+      </c>
+      <c r="F87" t="s">
         <v>313</v>
       </c>
-      <c r="B87" t="s">
-[...11 lines deleted...]
-      <c r="F87" t="s">
+      <c r="G87" s="1" t="s">
         <v>314</v>
       </c>
-      <c r="G87" s="1" t="s">
+      <c r="H87" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>316</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>37</v>
+      </c>
+      <c r="D88" t="s">
+        <v>296</v>
+      </c>
+      <c r="E88" t="s">
+        <v>297</v>
+      </c>
+      <c r="F88" t="s">
         <v>317</v>
-      </c>
-[...13 lines deleted...]
-        <v>115</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>318</v>
       </c>
       <c r="H88" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>320</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="D89" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E89" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F89" t="s">
+        <v>283</v>
+      </c>
+      <c r="G89" s="1" t="s">
         <v>321</v>
       </c>
-      <c r="G89" s="1" t="s">
+      <c r="H89" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>323</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>45</v>
+      </c>
+      <c r="D90" t="s">
+        <v>296</v>
+      </c>
+      <c r="E90" t="s">
+        <v>297</v>
+      </c>
+      <c r="F90" t="s">
         <v>324</v>
       </c>
-      <c r="B90" t="s">
-[...2 lines deleted...]
-      <c r="C90" t="s">
+      <c r="G90" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="D90" t="s">
-[...8 lines deleted...]
-      <c r="G90" s="1" t="s">
+      <c r="H90" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>327</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>141</v>
+      </c>
+      <c r="D91" t="s">
+        <v>296</v>
+      </c>
+      <c r="E91" t="s">
+        <v>297</v>
+      </c>
+      <c r="F91" t="s">
+        <v>142</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>328</v>
       </c>
-      <c r="B91" t="s">
-[...11 lines deleted...]
-      <c r="F91" t="s">
+      <c r="H91" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
+        <v>330</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>49</v>
+      </c>
+      <c r="D92" t="s">
+        <v>296</v>
+      </c>
+      <c r="E92" t="s">
+        <v>297</v>
+      </c>
+      <c r="F92" t="s">
+        <v>142</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>331</v>
+      </c>
+      <c r="H92" t="s">
         <v>332</v>
-      </c>
-[...19 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>337</v>
+        <v>53</v>
       </c>
       <c r="D93" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E93" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F93" t="s">
-        <v>338</v>
+        <v>142</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="H93" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>341</v>
+        <v>336</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>219</v>
+        <v>57</v>
       </c>
       <c r="D94" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E94" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F94" t="s">
-        <v>282</v>
+        <v>142</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="H94" t="s">
-        <v>343</v>
+        <v>338</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>213</v>
+        <v>155</v>
       </c>
       <c r="D95" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E95" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F95" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
       <c r="H95" t="s">
-        <v>346</v>
+        <v>341</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>206</v>
+        <v>61</v>
       </c>
       <c r="D96" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E96" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F96" t="s">
-        <v>226</v>
+        <v>142</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
       <c r="H96" t="s">
-        <v>349</v>
+        <v>344</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>210</v>
+        <v>65</v>
       </c>
       <c r="D97" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E97" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F97" t="s">
-        <v>115</v>
+        <v>142</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
       <c r="H97" t="s">
-        <v>352</v>
+        <v>347</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="D98" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E98" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F98" t="s">
-        <v>354</v>
+        <v>142</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="H98" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>358</v>
+        <v>73</v>
       </c>
       <c r="D99" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E99" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F99" t="s">
-        <v>278</v>
+        <v>352</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="H99" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>216</v>
+        <v>77</v>
       </c>
       <c r="D100" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E100" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F100" t="s">
-        <v>278</v>
+        <v>142</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="H100" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>52</v>
+        <v>81</v>
       </c>
       <c r="D101" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E101" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F101" t="s">
-        <v>282</v>
+        <v>359</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="H101" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>368</v>
+        <v>85</v>
       </c>
       <c r="D102" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E102" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F102" t="s">
-        <v>369</v>
+        <v>142</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="H102" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>373</v>
+        <v>89</v>
       </c>
       <c r="D103" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E103" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F103" t="s">
-        <v>195</v>
+        <v>366</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="H103" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>377</v>
+        <v>93</v>
       </c>
       <c r="D104" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E104" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F104" t="s">
-        <v>171</v>
+        <v>133</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>378</v>
+        <v>370</v>
       </c>
       <c r="H104" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>45</v>
+        <v>372</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>380</v>
+        <v>97</v>
       </c>
       <c r="D105" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E105" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F105" t="s">
-        <v>226</v>
+        <v>373</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>381</v>
+        <v>374</v>
       </c>
       <c r="H105" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>114</v>
+        <v>376</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>222</v>
+        <v>101</v>
       </c>
       <c r="D106" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E106" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F106" t="s">
-        <v>383</v>
+        <v>283</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="H106" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>49</v>
+        <v>379</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>386</v>
+        <v>105</v>
       </c>
       <c r="D107" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E107" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F107" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="H107" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>53</v>
+        <v>382</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>389</v>
+        <v>109</v>
       </c>
       <c r="D108" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E108" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F108" t="s">
-        <v>278</v>
+        <v>252</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="H108" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>81</v>
+        <v>385</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>392</v>
+        <v>238</v>
       </c>
       <c r="D109" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E109" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F109" t="s">
-        <v>393</v>
+        <v>142</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>394</v>
+        <v>386</v>
       </c>
       <c r="H109" t="s">
-        <v>395</v>
+        <v>387</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>325</v>
+        <v>388</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>396</v>
+        <v>48</v>
       </c>
       <c r="D110" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E110" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F110" t="s">
-        <v>286</v>
+        <v>389</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="H110" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>358</v>
+        <v>392</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="D111" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E111" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F111" t="s">
-        <v>400</v>
+        <v>317</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="H111" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>377</v>
+        <v>396</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>56</v>
+        <v>243</v>
       </c>
       <c r="D112" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E112" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F112" t="s">
-        <v>195</v>
+        <v>317</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="H112" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>386</v>
+        <v>399</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>405</v>
+        <v>52</v>
       </c>
       <c r="D113" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E113" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F113" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
       <c r="H113" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>252</v>
+        <v>403</v>
       </c>
       <c r="D114" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E114" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F114" t="s">
-        <v>282</v>
+        <v>404</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="H114" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>408</v>
       </c>
       <c r="D115" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E115" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F115" t="s">
-        <v>282</v>
+        <v>224</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="H115" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>411</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>412</v>
+      </c>
+      <c r="D116" t="s">
+        <v>296</v>
+      </c>
+      <c r="E116" t="s">
+        <v>297</v>
+      </c>
+      <c r="F116" t="s">
+        <v>200</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H116" t="s">
         <v>414</v>
-      </c>
-[...19 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>45</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>415</v>
+      </c>
+      <c r="D117" t="s">
+        <v>296</v>
+      </c>
+      <c r="E117" t="s">
+        <v>297</v>
+      </c>
+      <c r="F117" t="s">
+        <v>252</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="H117" t="s">
         <v>417</v>
-      </c>
-[...19 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>421</v>
+        <v>141</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>194</v>
+        <v>248</v>
       </c>
       <c r="D118" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E118" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F118" t="s">
-        <v>226</v>
+        <v>418</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="H118" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>424</v>
+        <v>49</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>198</v>
+        <v>421</v>
       </c>
       <c r="D119" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E119" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F119" t="s">
-        <v>195</v>
+        <v>317</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="H119" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>427</v>
+        <v>53</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>411</v>
+        <v>424</v>
       </c>
       <c r="D120" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E120" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F120" t="s">
-        <v>282</v>
+        <v>317</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>428</v>
+        <v>425</v>
       </c>
       <c r="H120" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
+        <v>81</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>427</v>
+      </c>
+      <c r="D121" t="s">
+        <v>296</v>
+      </c>
+      <c r="E121" t="s">
+        <v>297</v>
+      </c>
+      <c r="F121" t="s">
+        <v>428</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="H121" t="s">
         <v>430</v>
-      </c>
-[...19 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>85</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>431</v>
+      </c>
+      <c r="D122" t="s">
+        <v>296</v>
+      </c>
+      <c r="E122" t="s">
+        <v>297</v>
+      </c>
+      <c r="F122" t="s">
+        <v>324</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="H122" t="s">
         <v>433</v>
-      </c>
-[...19 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>393</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>434</v>
+      </c>
+      <c r="D123" t="s">
+        <v>296</v>
+      </c>
+      <c r="E123" t="s">
+        <v>297</v>
+      </c>
+      <c r="F123" t="s">
+        <v>435</v>
+      </c>
+      <c r="G123" s="1" t="s">
         <v>436</v>
       </c>
-      <c r="B123" t="s">
-[...2 lines deleted...]
-      <c r="C123" t="s">
+      <c r="H123" t="s">
         <v>437</v>
-      </c>
-[...13 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>440</v>
+        <v>412</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>188</v>
+        <v>56</v>
       </c>
       <c r="D124" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E124" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F124" t="s">
-        <v>441</v>
+        <v>224</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="H124" t="s">
-        <v>443</v>
+        <v>439</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>444</v>
+        <v>421</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>191</v>
+        <v>440</v>
       </c>
       <c r="D125" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E125" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F125" t="s">
-        <v>282</v>
+        <v>317</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="H125" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>256</v>
+        <v>278</v>
       </c>
       <c r="D126" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E126" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F126" t="s">
-        <v>195</v>
+        <v>283</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="H126" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>261</v>
+        <v>443</v>
       </c>
       <c r="D127" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="E127" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="F127" t="s">
-        <v>226</v>
+        <v>283</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="H127" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>10</v>
+        <v>212</v>
       </c>
       <c r="D128" t="s">
-        <v>454</v>
+        <v>296</v>
       </c>
       <c r="E128" t="s">
-        <v>455</v>
+        <v>297</v>
       </c>
       <c r="F128" t="s">
-        <v>171</v>
+        <v>224</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="H128" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>17</v>
+        <v>452</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>17</v>
+        <v>453</v>
       </c>
       <c r="D129" t="s">
+        <v>296</v>
+      </c>
+      <c r="E129" t="s">
+        <v>297</v>
+      </c>
+      <c r="F129" t="s">
+        <v>283</v>
+      </c>
+      <c r="G129" s="1" t="s">
         <v>454</v>
       </c>
-      <c r="E129" t="s">
+      <c r="H129" t="s">
         <v>455</v>
-      </c>
-[...7 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>29</v>
+        <v>456</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>21</v>
+        <v>223</v>
       </c>
       <c r="D130" t="s">
-        <v>454</v>
+        <v>296</v>
       </c>
       <c r="E130" t="s">
-        <v>455</v>
+        <v>297</v>
       </c>
       <c r="F130" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="H130" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>33</v>
+        <v>459</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>25</v>
+        <v>227</v>
       </c>
       <c r="D131" t="s">
-        <v>454</v>
+        <v>296</v>
       </c>
       <c r="E131" t="s">
-        <v>455</v>
+        <v>297</v>
       </c>
       <c r="F131" t="s">
-        <v>253</v>
+        <v>224</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="H131" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>21</v>
+        <v>462</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>29</v>
+        <v>446</v>
       </c>
       <c r="D132" t="s">
-        <v>454</v>
+        <v>296</v>
       </c>
       <c r="E132" t="s">
-        <v>455</v>
+        <v>297</v>
       </c>
       <c r="F132" t="s">
-        <v>171</v>
+        <v>283</v>
       </c>
       <c r="G132" s="1" t="s">
+        <v>463</v>
+      </c>
+      <c r="H132" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>333</v>
+        <v>465</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>33</v>
+        <v>449</v>
       </c>
       <c r="D133" t="s">
-        <v>454</v>
+        <v>296</v>
       </c>
       <c r="E133" t="s">
-        <v>455</v>
+        <v>297</v>
       </c>
       <c r="F133" t="s">
+        <v>224</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>466</v>
       </c>
-      <c r="G133" s="1" t="s">
+      <c r="H133" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>337</v>
+        <v>468</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>37</v>
+        <v>452</v>
       </c>
       <c r="D134" t="s">
-        <v>454</v>
+        <v>296</v>
       </c>
       <c r="E134" t="s">
-        <v>455</v>
+        <v>297</v>
       </c>
       <c r="F134" t="s">
-        <v>466</v>
+        <v>142</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>469</v>
       </c>
       <c r="H134" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>471</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>41</v>
+        <v>472</v>
       </c>
       <c r="D135" t="s">
-        <v>454</v>
+        <v>296</v>
       </c>
       <c r="E135" t="s">
-        <v>455</v>
+        <v>297</v>
       </c>
       <c r="F135" t="s">
-        <v>466</v>
+        <v>283</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H135" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>10</v>
+        <v>217</v>
       </c>
       <c r="D136" t="s">
-        <v>475</v>
+        <v>296</v>
       </c>
       <c r="E136" t="s">
+        <v>297</v>
+      </c>
+      <c r="F136" t="s">
         <v>476</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>477</v>
       </c>
       <c r="H136" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>479</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>17</v>
+        <v>220</v>
       </c>
       <c r="D137" t="s">
-        <v>475</v>
+        <v>296</v>
       </c>
       <c r="E137" t="s">
-        <v>476</v>
+        <v>297</v>
       </c>
       <c r="F137" t="s">
-        <v>13</v>
+        <v>283</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>480</v>
       </c>
       <c r="H137" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>482</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>21</v>
+        <v>295</v>
       </c>
       <c r="D138" t="s">
-        <v>475</v>
+        <v>296</v>
       </c>
       <c r="E138" t="s">
-        <v>476</v>
+        <v>297</v>
       </c>
       <c r="F138" t="s">
-        <v>13</v>
+        <v>224</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>483</v>
       </c>
       <c r="H138" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>485</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="D139" t="s">
+        <v>296</v>
+      </c>
+      <c r="E139" t="s">
+        <v>297</v>
+      </c>
+      <c r="F139" t="s">
+        <v>252</v>
+      </c>
+      <c r="G139" s="1" t="s">
         <v>486</v>
       </c>
-      <c r="E139" t="s">
+      <c r="H139" t="s">
         <v>487</v>
-      </c>
-[...7 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>488</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>303</v>
+      </c>
+      <c r="D140" t="s">
+        <v>296</v>
+      </c>
+      <c r="E140" t="s">
+        <v>297</v>
+      </c>
+      <c r="F140" t="s">
+        <v>283</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="H140" t="s">
         <v>490</v>
-      </c>
-[...19 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
+        <v>491</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>306</v>
+      </c>
+      <c r="D141" t="s">
+        <v>296</v>
+      </c>
+      <c r="E141" t="s">
+        <v>297</v>
+      </c>
+      <c r="F141" t="s">
+        <v>324</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="H141" t="s">
         <v>493</v>
-      </c>
-[...19 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
+        <v>494</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>10</v>
+      </c>
+      <c r="D142" t="s">
+        <v>495</v>
+      </c>
+      <c r="E142" t="s">
         <v>496</v>
       </c>
-      <c r="B142" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F142" t="s">
+        <v>200</v>
+      </c>
+      <c r="G142" s="1" t="s">
         <v>497</v>
       </c>
-      <c r="G142" s="1" t="s">
+      <c r="H142" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>17</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>17</v>
+      </c>
+      <c r="D143" t="s">
+        <v>495</v>
+      </c>
+      <c r="E143" t="s">
+        <v>496</v>
+      </c>
+      <c r="F143" t="s">
+        <v>283</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="H143" t="s">
         <v>500</v>
-      </c>
-[...19 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>503</v>
+        <v>29</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="D144" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="E144" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="F144" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="H144" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>506</v>
+        <v>33</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D145" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="E145" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="F145" t="s">
-        <v>249</v>
+        <v>279</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="H145" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>509</v>
+        <v>21</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D146" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="E146" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="F146" t="s">
-        <v>226</v>
+        <v>200</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="H146" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>512</v>
+        <v>93</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D147" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="E147" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="F147" t="s">
-        <v>115</v>
+        <v>507</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="H147" t="s">
-        <v>514</v>
+        <v>509</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>515</v>
+        <v>97</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>114</v>
+        <v>37</v>
       </c>
       <c r="D148" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="E148" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="F148" t="s">
-        <v>383</v>
+        <v>507</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="H148" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="D149" t="s">
-        <v>486</v>
+        <v>495</v>
       </c>
       <c r="E149" t="s">
-        <v>487</v>
+        <v>496</v>
       </c>
       <c r="F149" t="s">
-        <v>195</v>
+        <v>507</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="H149" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>53</v>
+        <v>10</v>
       </c>
       <c r="D150" t="s">
-        <v>486</v>
+        <v>516</v>
       </c>
       <c r="E150" t="s">
-        <v>487</v>
+        <v>517</v>
       </c>
       <c r="F150" t="s">
-        <v>522</v>
+        <v>13</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>523</v>
+        <v>518</v>
       </c>
       <c r="H150" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="D151" t="s">
-        <v>486</v>
+        <v>516</v>
       </c>
       <c r="E151" t="s">
-        <v>487</v>
+        <v>517</v>
       </c>
       <c r="F151" t="s">
-        <v>195</v>
+        <v>13</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="H151" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>128</v>
+        <v>21</v>
       </c>
       <c r="D152" t="s">
-        <v>486</v>
+        <v>516</v>
       </c>
       <c r="E152" t="s">
-        <v>487</v>
+        <v>517</v>
       </c>
       <c r="F152" t="s">
-        <v>282</v>
+        <v>13</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="H152" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="D153" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E153" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F153" t="s">
-        <v>195</v>
+        <v>283</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="H153" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="D154" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E154" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F154" t="s">
-        <v>369</v>
+        <v>142</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="H154" t="s">
-        <v>536</v>
+        <v>533</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>69</v>
+        <v>21</v>
       </c>
       <c r="D155" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E155" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F155" t="s">
-        <v>115</v>
+        <v>283</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="H155" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>537</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>25</v>
+      </c>
+      <c r="D156" t="s">
+        <v>527</v>
+      </c>
+      <c r="E156" t="s">
+        <v>528</v>
+      </c>
+      <c r="F156" t="s">
+        <v>538</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H156" t="s">
         <v>540</v>
-      </c>
-[...19 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>41</v>
+        <v>541</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="D157" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E157" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F157" t="s">
+        <v>142</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="H157" t="s">
         <v>543</v>
-      </c>
-[...4 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>61</v>
+        <v>544</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="D158" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E158" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F158" t="s">
+        <v>283</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="H158" t="s">
         <v>546</v>
-      </c>
-[...4 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>65</v>
+        <v>547</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>325</v>
+        <v>37</v>
       </c>
       <c r="D159" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E159" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F159" t="s">
-        <v>466</v>
+        <v>275</v>
       </c>
       <c r="G159" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="H159" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>380</v>
+        <v>550</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>111</v>
+        <v>41</v>
       </c>
       <c r="D160" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E160" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F160" t="s">
-        <v>195</v>
+        <v>252</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>551</v>
       </c>
       <c r="H160" t="s">
         <v>552</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>396</v>
+        <v>553</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>333</v>
+        <v>45</v>
       </c>
       <c r="D161" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E161" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F161" t="s">
-        <v>282</v>
+        <v>142</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="H161" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>405</v>
+        <v>556</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>337</v>
+        <v>141</v>
       </c>
       <c r="D162" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E162" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F162" t="s">
-        <v>115</v>
+        <v>418</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="H162" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>437</v>
+        <v>559</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>219</v>
+        <v>49</v>
       </c>
       <c r="D163" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E163" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F163" t="s">
-        <v>282</v>
+        <v>224</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="H163" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>213</v>
+        <v>53</v>
       </c>
       <c r="D164" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E164" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F164" t="s">
-        <v>282</v>
+        <v>563</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="H164" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>206</v>
+        <v>57</v>
       </c>
       <c r="D165" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E165" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F165" t="s">
-        <v>115</v>
+        <v>224</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="H165" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>210</v>
+        <v>155</v>
       </c>
       <c r="D166" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E166" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F166" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="H166" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="D167" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E167" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F167" t="s">
-        <v>569</v>
+        <v>224</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="H167" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>358</v>
+        <v>65</v>
       </c>
       <c r="D168" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E168" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F168" t="s">
-        <v>569</v>
+        <v>404</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="H168" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>216</v>
+        <v>69</v>
       </c>
       <c r="D169" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E169" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F169" t="s">
-        <v>226</v>
+        <v>142</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="H169" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>368</v>
+        <v>73</v>
       </c>
       <c r="D170" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E170" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F170" t="s">
-        <v>579</v>
+        <v>224</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="H170" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>582</v>
+        <v>41</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>373</v>
+        <v>77</v>
       </c>
       <c r="D171" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E171" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F171" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H171" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>586</v>
+        <v>61</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>377</v>
+        <v>81</v>
       </c>
       <c r="D172" t="s">
-        <v>486</v>
+        <v>527</v>
       </c>
       <c r="E172" t="s">
-        <v>487</v>
+        <v>528</v>
       </c>
       <c r="F172" t="s">
-        <v>278</v>
+        <v>587</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H172" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>10</v>
+        <v>65</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>10</v>
+        <v>85</v>
       </c>
       <c r="D173" t="s">
-        <v>589</v>
+        <v>527</v>
       </c>
       <c r="E173" t="s">
+        <v>528</v>
+      </c>
+      <c r="F173" t="s">
+        <v>507</v>
+      </c>
+      <c r="G173" s="1" t="s">
         <v>590</v>
       </c>
-      <c r="F173" t="s">
-[...2 lines deleted...]
-      <c r="G173" s="1" t="s">
+      <c r="H173" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>592</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>73</v>
+        <v>415</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="D174" t="s">
-        <v>589</v>
+        <v>527</v>
       </c>
       <c r="E174" t="s">
-        <v>590</v>
+        <v>528</v>
       </c>
       <c r="F174" t="s">
-        <v>13</v>
+        <v>224</v>
       </c>
       <c r="G174" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H174" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>77</v>
+        <v>431</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>21</v>
+        <v>93</v>
       </c>
       <c r="D175" t="s">
-        <v>589</v>
+        <v>527</v>
       </c>
       <c r="E175" t="s">
-        <v>590</v>
+        <v>528</v>
       </c>
       <c r="F175" t="s">
-        <v>13</v>
+        <v>283</v>
       </c>
       <c r="G175" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="H175" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>373</v>
+        <v>440</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>25</v>
+        <v>97</v>
       </c>
       <c r="D176" t="s">
-        <v>589</v>
+        <v>527</v>
       </c>
       <c r="E176" t="s">
-        <v>590</v>
+        <v>528</v>
       </c>
       <c r="F176" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G176" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="H176" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>392</v>
+        <v>472</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>29</v>
+        <v>101</v>
       </c>
       <c r="D177" t="s">
-        <v>589</v>
+        <v>527</v>
       </c>
       <c r="E177" t="s">
-        <v>590</v>
+        <v>528</v>
       </c>
       <c r="F177" t="s">
-        <v>13</v>
+        <v>283</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="H177" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>399</v>
+        <v>600</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>33</v>
+        <v>105</v>
       </c>
       <c r="D178" t="s">
-        <v>589</v>
+        <v>527</v>
       </c>
       <c r="E178" t="s">
-        <v>590</v>
+        <v>528</v>
       </c>
       <c r="F178" t="s">
-        <v>13</v>
+        <v>283</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="H178" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>389</v>
+        <v>603</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>37</v>
+        <v>109</v>
       </c>
       <c r="D179" t="s">
-        <v>589</v>
+        <v>527</v>
       </c>
       <c r="E179" t="s">
-        <v>590</v>
+        <v>528</v>
       </c>
       <c r="F179" t="s">
-        <v>13</v>
+        <v>142</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="H179" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>41</v>
+        <v>238</v>
       </c>
       <c r="D180" t="s">
-        <v>589</v>
+        <v>527</v>
       </c>
       <c r="E180" t="s">
-        <v>590</v>
+        <v>528</v>
       </c>
       <c r="F180" t="s">
-        <v>13</v>
+        <v>317</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="H180" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D181" t="s">
-        <v>589</v>
+        <v>527</v>
       </c>
       <c r="E181" t="s">
-        <v>590</v>
+        <v>528</v>
       </c>
       <c r="F181" t="s">
-        <v>13</v>
+        <v>610</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="H181" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>613</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>393</v>
+      </c>
+      <c r="D182" t="s">
+        <v>527</v>
+      </c>
+      <c r="E182" t="s">
+        <v>528</v>
+      </c>
+      <c r="F182" t="s">
         <v>610</v>
       </c>
-      <c r="B182" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G182" s="1" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="H182" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>49</v>
+        <v>243</v>
       </c>
       <c r="D183" t="s">
-        <v>589</v>
+        <v>527</v>
       </c>
       <c r="E183" t="s">
-        <v>590</v>
+        <v>528</v>
       </c>
       <c r="F183" t="s">
-        <v>13</v>
+        <v>252</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="H183" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>53</v>
+        <v>403</v>
       </c>
       <c r="D184" t="s">
-        <v>589</v>
+        <v>527</v>
       </c>
       <c r="E184" t="s">
-        <v>590</v>
+        <v>528</v>
       </c>
       <c r="F184" t="s">
-        <v>13</v>
+        <v>620</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="H184" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>57</v>
+        <v>408</v>
       </c>
       <c r="D185" t="s">
-        <v>589</v>
+        <v>527</v>
       </c>
       <c r="E185" t="s">
-        <v>590</v>
+        <v>528</v>
       </c>
       <c r="F185" t="s">
-        <v>13</v>
+        <v>624</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="H185" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>128</v>
+        <v>412</v>
       </c>
       <c r="D186" t="s">
-        <v>589</v>
+        <v>527</v>
       </c>
       <c r="E186" t="s">
-        <v>590</v>
+        <v>528</v>
       </c>
       <c r="F186" t="s">
-        <v>13</v>
+        <v>317</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="H186" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>61</v>
+        <v>415</v>
       </c>
       <c r="D187" t="s">
-        <v>589</v>
+        <v>527</v>
       </c>
       <c r="E187" t="s">
-        <v>590</v>
+        <v>528</v>
       </c>
       <c r="F187" t="s">
-        <v>13</v>
+        <v>283</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="H187" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>628</v>
+        <v>10</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>65</v>
+        <v>10</v>
       </c>
       <c r="D188" t="s">
-        <v>589</v>
+        <v>633</v>
       </c>
       <c r="E188" t="s">
-        <v>590</v>
+        <v>634</v>
       </c>
       <c r="F188" t="s">
         <v>13</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="H188" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>631</v>
+        <v>73</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="D189" t="s">
-        <v>589</v>
+        <v>633</v>
       </c>
       <c r="E189" t="s">
-        <v>590</v>
+        <v>634</v>
       </c>
       <c r="F189" t="s">
         <v>13</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="H189" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
+        <v>77</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>21</v>
+      </c>
+      <c r="D190" t="s">
+        <v>633</v>
+      </c>
+      <c r="E190" t="s">
         <v>634</v>
-      </c>
-[...10 lines deleted...]
-        <v>590</v>
       </c>
       <c r="F190" t="s">
         <v>13</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="H190" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>637</v>
+        <v>408</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>77</v>
+        <v>25</v>
       </c>
       <c r="D191" t="s">
-        <v>589</v>
+        <v>633</v>
       </c>
       <c r="E191" t="s">
-        <v>590</v>
+        <v>634</v>
       </c>
       <c r="F191" t="s">
         <v>13</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>638</v>
+        <v>489</v>
       </c>
       <c r="H191" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>640</v>
+        <v>427</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="D192" t="s">
-        <v>589</v>
+        <v>633</v>
       </c>
       <c r="E192" t="s">
-        <v>590</v>
+        <v>634</v>
       </c>
       <c r="F192" t="s">
         <v>13</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>641</v>
+        <v>489</v>
       </c>
       <c r="H192" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>643</v>
+        <v>434</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>325</v>
+        <v>33</v>
       </c>
       <c r="D193" t="s">
-        <v>589</v>
+        <v>633</v>
       </c>
       <c r="E193" t="s">
-        <v>590</v>
+        <v>634</v>
       </c>
       <c r="F193" t="s">
         <v>13</v>
       </c>
       <c r="G193" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="H193" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>646</v>
+        <v>424</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>111</v>
+        <v>37</v>
       </c>
       <c r="D194" t="s">
-        <v>589</v>
+        <v>633</v>
       </c>
       <c r="E194" t="s">
-        <v>590</v>
+        <v>634</v>
       </c>
       <c r="F194" t="s">
         <v>13</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="H194" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>333</v>
+        <v>41</v>
       </c>
       <c r="D195" t="s">
-        <v>589</v>
+        <v>633</v>
       </c>
       <c r="E195" t="s">
-        <v>590</v>
+        <v>634</v>
       </c>
       <c r="F195" t="s">
         <v>13</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="H195" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>337</v>
+        <v>45</v>
       </c>
       <c r="D196" t="s">
-        <v>589</v>
+        <v>633</v>
       </c>
       <c r="E196" t="s">
-        <v>590</v>
+        <v>634</v>
       </c>
       <c r="F196" t="s">
         <v>13</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="H196" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>219</v>
+        <v>141</v>
       </c>
       <c r="D197" t="s">
-        <v>589</v>
+        <v>633</v>
       </c>
       <c r="E197" t="s">
-        <v>590</v>
+        <v>634</v>
       </c>
       <c r="F197" t="s">
         <v>13</v>
       </c>
       <c r="G197" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="H197" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
         <v>656</v>
       </c>
-      <c r="H197" t="s">
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>49</v>
+      </c>
+      <c r="D198" t="s">
+        <v>633</v>
+      </c>
+      <c r="E198" t="s">
+        <v>634</v>
+      </c>
+      <c r="F198" t="s">
+        <v>13</v>
+      </c>
+      <c r="G198" s="1" t="s">
         <v>657</v>
+      </c>
+      <c r="H198" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>659</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>53</v>
+      </c>
+      <c r="D199" t="s">
+        <v>633</v>
+      </c>
+      <c r="E199" t="s">
+        <v>634</v>
+      </c>
+      <c r="F199" t="s">
+        <v>13</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H199" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>662</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>57</v>
+      </c>
+      <c r="D200" t="s">
+        <v>633</v>
+      </c>
+      <c r="E200" t="s">
+        <v>634</v>
+      </c>
+      <c r="F200" t="s">
+        <v>13</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="H200" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>665</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>155</v>
+      </c>
+      <c r="D201" t="s">
+        <v>633</v>
+      </c>
+      <c r="E201" t="s">
+        <v>634</v>
+      </c>
+      <c r="F201" t="s">
+        <v>13</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="H201" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>668</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>61</v>
+      </c>
+      <c r="D202" t="s">
+        <v>633</v>
+      </c>
+      <c r="E202" t="s">
+        <v>634</v>
+      </c>
+      <c r="F202" t="s">
+        <v>13</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="H202" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>671</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>65</v>
+      </c>
+      <c r="D203" t="s">
+        <v>633</v>
+      </c>
+      <c r="E203" t="s">
+        <v>634</v>
+      </c>
+      <c r="F203" t="s">
+        <v>13</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H203" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>674</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>69</v>
+      </c>
+      <c r="D204" t="s">
+        <v>633</v>
+      </c>
+      <c r="E204" t="s">
+        <v>634</v>
+      </c>
+      <c r="F204" t="s">
+        <v>13</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="H204" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>677</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>73</v>
+      </c>
+      <c r="D205" t="s">
+        <v>633</v>
+      </c>
+      <c r="E205" t="s">
+        <v>634</v>
+      </c>
+      <c r="F205" t="s">
+        <v>13</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="H205" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>680</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>77</v>
+      </c>
+      <c r="D206" t="s">
+        <v>633</v>
+      </c>
+      <c r="E206" t="s">
+        <v>634</v>
+      </c>
+      <c r="F206" t="s">
+        <v>13</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H206" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>683</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>81</v>
+      </c>
+      <c r="D207" t="s">
+        <v>633</v>
+      </c>
+      <c r="E207" t="s">
+        <v>634</v>
+      </c>
+      <c r="F207" t="s">
+        <v>13</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="H207" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>686</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>85</v>
+      </c>
+      <c r="D208" t="s">
+        <v>633</v>
+      </c>
+      <c r="E208" t="s">
+        <v>634</v>
+      </c>
+      <c r="F208" t="s">
+        <v>13</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="H208" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>689</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>89</v>
+      </c>
+      <c r="D209" t="s">
+        <v>633</v>
+      </c>
+      <c r="E209" t="s">
+        <v>634</v>
+      </c>
+      <c r="F209" t="s">
+        <v>13</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="H209" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>692</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>93</v>
+      </c>
+      <c r="D210" t="s">
+        <v>633</v>
+      </c>
+      <c r="E210" t="s">
+        <v>634</v>
+      </c>
+      <c r="F210" t="s">
+        <v>13</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H210" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>695</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>97</v>
+      </c>
+      <c r="D211" t="s">
+        <v>633</v>
+      </c>
+      <c r="E211" t="s">
+        <v>634</v>
+      </c>
+      <c r="F211" t="s">
+        <v>13</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="H211" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>698</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>101</v>
+      </c>
+      <c r="D212" t="s">
+        <v>633</v>
+      </c>
+      <c r="E212" t="s">
+        <v>634</v>
+      </c>
+      <c r="F212" t="s">
+        <v>13</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="H212" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>701</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>105</v>
+      </c>
+      <c r="D213" t="s">
+        <v>633</v>
+      </c>
+      <c r="E213" t="s">
+        <v>634</v>
+      </c>
+      <c r="F213" t="s">
+        <v>13</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="H213" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>704</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>109</v>
+      </c>
+      <c r="D214" t="s">
+        <v>633</v>
+      </c>
+      <c r="E214" t="s">
+        <v>634</v>
+      </c>
+      <c r="F214" t="s">
+        <v>13</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H214" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>707</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>238</v>
+      </c>
+      <c r="D215" t="s">
+        <v>633</v>
+      </c>
+      <c r="E215" t="s">
+        <v>634</v>
+      </c>
+      <c r="F215" t="s">
+        <v>13</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="H215" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>710</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>48</v>
+      </c>
+      <c r="D216" t="s">
+        <v>633</v>
+      </c>
+      <c r="E216" t="s">
+        <v>634</v>
+      </c>
+      <c r="F216" t="s">
+        <v>13</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="H216" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>713</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>393</v>
+      </c>
+      <c r="D217" t="s">
+        <v>633</v>
+      </c>
+      <c r="E217" t="s">
+        <v>634</v>
+      </c>
+      <c r="F217" t="s">
+        <v>13</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="H217" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>716</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>10</v>
+      </c>
+      <c r="D218" t="s">
+        <v>717</v>
+      </c>
+      <c r="E218" t="s">
+        <v>718</v>
+      </c>
+      <c r="F218" t="s">
+        <v>13</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="H218" t="s">
+        <v>720</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7746,50 +8475,71 @@
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>