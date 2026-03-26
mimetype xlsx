--- v1 (2025-12-26)
+++ v2 (2026-03-26)
@@ -10,2302 +10,2317 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1737" uniqueCount="721">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1744" uniqueCount="726">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLEX</t>
   </si>
   <si>
     <t>Projeto de Lei Origem Poder Executivo</t>
   </si>
   <si>
     <t>Weverton Willian Vizentin</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_lei_001-2025_executivo.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_lei_001-2025_executivo.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES EFETIVOS E EMPREGADOS PÚBLICOS MUNICIPAIS DA ADMINISTRAÇÃO DIRETA E INDIRETA, ATIVOS, INATIVOS COM E SEM PARIDADE, PENSIONISTAS, COMISSIONADOS E CONSELHEIROS TUTELARES.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_002.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_002.pdf</t>
   </si>
   <si>
     <t>ATUALIZA O VALOR DO PISO SALARIAL PROFISSIONAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE ÀS ENDEMIAS, REFERENTE AO REAJUSTE ANUAL PREVISTO NO ART. 2° DA LEI MUNICIPAL N° 1.083/22.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_003_part_1.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_003_part_1.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 46 DA LEI 686/2010, AMPLIANDO A QUANTIDADE DE TEMPO DESTINADO A HORA-ATIVIDADE DOS_x000D_
 PROFESSORES E EDUCADORES INFANTIS</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei__004.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei__004.pdf</t>
   </si>
   <si>
     <t>VISA ALTERAÇÃO DO ARTIGO 11, CAPUT, DA LEI MUNICIPAL N° 920/2017, REDUZINDO O VALOR DO LICENCIAMENTO ANUAL DO SERVIÇO DE TÁXI NO MUNICÍPIO DE CAMPO DO TENENTE-PR.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_de_lei_005_page-0003.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_de_lei_005_page-0003.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL PARA ADEQUAÇÃO DE VENCIMENTOS DOS CARGOS EFETIVOS DA CÂMARA MUNICIPAL DE CAMPO DO TENENTE - PR.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_006_page-0003.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_006_page-0003.pdf</t>
   </si>
   <si>
     <t>REVOGA ENCARGO DE INALIENABILIDADE PREVISTO NA LEI 711/2011.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_007.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_007.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL- REFIS NO MUNICÍPIO DE CAMPO DO TENENTE/PR</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_008_page-0001.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_008_page-0001.pdf</t>
   </si>
   <si>
     <t>ATUALIZA O VALOR DO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO DO MUNICÍPIO DE CAMPO DO TENENTE-PR.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_009.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_009.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO, CONSTITUIÇÃO E FUNCIONAMENTO DO FUNDO MUNICIPAL DE ESPORTES - FME E INSTITUI O SEU CONSELHO GESTOR.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_11_alterado.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_11_alterado.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FIXAÇÃO DO PISO SALARIAL DOS SERVIDORES PÚBLICOS DO MUNICIPIO DE CAMPO DO TENENTE E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/32/pl_0122025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/32/pl_0122025.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PLANO MUNICIPAL DE EDUCAÇÃO REGULAMENTADO PELA LEI Nº 869, DE 11 DE JUNHO DE 2015.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/43/of.254-pl_013.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/43/of.254-pl_013.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE O CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA, A CONFERÊNCIA MUNICIPAL DOS DIREITOS DA PESSOA IDOSA E SOBRE O FUNDO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA NO MUNICÍPIO DE CAMPO DO TENENTE”.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/127/pl_15.2025_-_delimita_bairros_do_perimetro_urbano.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/127/pl_15.2025_-_delimita_bairros_do_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>Define e delimita os bairros do perímetro urbano do município de Campo do Tenente</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/129/pl_16.2025_-_coudigo-ambiental.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/129/pl_16.2025_-_coudigo-ambiental.pdf</t>
   </si>
   <si>
     <t>Estabelece o Código Ambiental do Município de Campo do Tenente, institui a Política Municipal de Meio Ambiente e o Sistema Municipal de Meio Ambiente, e dá outras providências</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/130/pl_17.2025_-_fundo_de_desenvolvimento_urbano_oco_fdu.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/130/pl_17.2025_-_fundo_de_desenvolvimento_urbano_oco_fdu.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo de Desenvolvimento Urbano – FDU - do Município de Campo do Tenente e dá outras providências</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_de_lei_018-2025_-_ldo.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_de_lei_018-2025_-_ldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE CAMPO DO TENENTE, ESTADO DO PARANÁ, PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/190/projeto_de_lei_019-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/190/projeto_de_lei_019-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO, PARA O PERÍODO DE 2026 A 2029, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/219/463-pl_0202025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/219/463-pl_0202025.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CAMPO DO TENENTE PARA O EXERCÍCIO DE 2026"</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/226/pl_021.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/226/pl_021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PARCELAMENTO E REPARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE CAMPO DO TENENTE/PR COM SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, DE QUE TRATAM OS ARTS. 115 E 117 DO ATO DAS DISPOSIÇÕES CONSTITUCIONAIS TRANSITÓRIAS - ADCT, COM A REDAÇÃO CONFERIDA PELA EMENDA CONSTITUCIONAL Nº 136, DE 9 DE SETEMBRO DE 2025.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/227/pl_022.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/227/pl_022.pdf</t>
   </si>
   <si>
     <t>Ratifica o Protocolo de Intenções firmado entre o Estado do Paraná e os Municípios do Estado do Paraná subscritores, com a finalidade de formalizar a constituição e adequação do Consórcio Intergestores Paraná Saúde - CIPS aos termos do regime previsto na Lei Federal nº. 11.107/2005 e sua regulamentação, voltado ao desenvolvimento de ações na área da assistência farmacêutica no âmbito do Sistema Único de Saúde (SUS).</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/228/pl_023.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/228/pl_023.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SISTEMA MUNICIPAL DE  CULTURA DO MUNICÍPIO DE CAMPO DO  TENENTE/PR , E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/224/pl_0242025_e_anexos.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/224/pl_0242025_e_anexos.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CEDER SERVIDOR AO INSTITUTO DE DESENVOLVIMENTO RURAL DO PARANÁ – IDR-PARANÁ, NOS TERMOS DO TERMO DE COOPERAÇÃO TÉCNICA Nº 361/2025, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/232/pl_0252025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/232/pl_0252025.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 4º DA LEI Nº 673/2010 QUE CRIA O “CONSELHO MUNICIPAL DE ESPORTES DO MUNICÍPIO DE CAMPO DO TENENTE – CMECT.” E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/236/pl_026.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/236/pl_026.pdf</t>
   </si>
   <si>
     <t>"APROVA O PLANO MUNICIPAL DE CULTURA DO MUNICÍPIO DE CAMPO DO TENENTE/PR".</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/240/of._522.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/240/of._522.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 021/2025, que DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE CAMPO DO TENENTE/PR COM O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, EM CONFORMIDADE COM A PORTARIA MTP Nº 3.803, DE 16/11/2022.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/156/resolucao.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/156/resolucao.pdf</t>
   </si>
   <si>
     <t>Constitui as Comissões Permanentes para o biênio de 2025/2026.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_resolucao_002.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_resolucao_002.pdf</t>
   </si>
   <si>
     <t>Regulamenta o uso do veículo oficial da Câmara Municipal de Campo do Tenente - PR</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_03.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_03.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Campo do Tenente (Resolução n. 004/2019).</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_resolucao_004.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_resolucao_004.pdf</t>
   </si>
   <si>
     <t>Altera o valor da bolsa-auxílio dos estagiários do Poder Legislativo previsto no Anexo I da Resolução 002/2022</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_005.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_005.pdf</t>
   </si>
   <si>
     <t>Regulamenta, no âmbito da Câmara Municipal de Campo do Tenente, desconto do subsídio dos Vereadores ante a falta injustificada em Sessão Ordinária.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_resolucao_006.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_resolucao_006.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>Gustavo Vizentin, Josemar Veiga, Kinho, Rafael Ventura</t>
-[...2 lines deleted...]
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/143/resolucao_07.pdf</t>
+    <t>Gustavo Vizentin, Josemar Veiga, Kinho Lazarino, Rafael Ventura</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/143/resolucao_07.pdf</t>
   </si>
   <si>
     <t>Regulamenta o uso das redes sociais, transmissão, podcast e sistema eletrônicos da Câmara municipal de Campo do Tenente</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/142/resolucao_08.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/142/resolucao_08.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Vereador Mirim no ambito da Câmara Municipal de Campo do Tenente e dá outras providencias</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/22/resolucao_09.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/22/resolucao_09.pdf</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Rafael Ventura</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/166/resolucao_010.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/166/resolucao_010.pdf</t>
   </si>
   <si>
     <t>Regulamenta a política de proteção de dados pessoais no âmbito da Câmara Municipal de Campo do Tenente, bem como institui regras específicas complementares às normas gerais estabelecidas pela Lei Federal nº 13.709/2018 – Lei de Proteção de Dados Pessoais(LGPD) e dá outras providências.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/167/resolucao_011.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/167/resolucao_011.pdf</t>
   </si>
   <si>
     <t>Regulamenta no âmbito da Câmara Municipal de Campo do Tenente a aplicação da Lei Federal nº 13.460, de 26 de junho de 2017, define a organização e o funcionamento da Ouvidoria Legislativa e dá outras providências.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/168/resolucao_012.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/168/resolucao_012.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do uso do pagamento instantâneo via PIX no âmbito da Câmara Municipal de Campo do Tenente – PR, e dá outras providências.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/195/resolucao_013.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/195/resolucao_013.pdf</t>
   </si>
   <si>
     <t>Autoriza a doação de bens móveis do Patrimônio da Câmara de Campo do Tenente ao Poder Executivo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/197/resolucao_014.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/197/resolucao_014.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/202/resolucao_015.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/202/resolucao_015.pdf</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/205/resolucao_016.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/205/resolucao_016.pdf</t>
   </si>
   <si>
     <t>Altera o Regimento Interno da Câmara Municipal de Campo do Tenente (Resolução n. 004/2019)</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/217/resolucao_n._017.2025_doacao_de_bens_moveis_a_prefeitura.docx</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/119/plc_02.2025_-_macrozoneamento_-_uso_e_ocupacoaao_de_solo.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/119/plc_02.2025_-_macrozoneamento_-_uso_e_ocupacoaao_de_solo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Macrozoneamento e Uso e Ocupação do Solo da Área Rural do Município de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/120/plc_03.2025_-_projeto_lei_complementar_n_03.2025_-_periumetro_urbano.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/120/plc_03.2025_-_projeto_lei_complementar_n_03.2025_-_periumetro_urbano.pdf</t>
   </si>
   <si>
     <t>Define o perímetro urbano do município de Campo do Tenente.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/121/plc_04.2025_-_zoneamentoto_uso_e_ocupacoaao_do_solo.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/121/plc_04.2025_-_zoneamentoto_uso_e_ocupacoaao_do_solo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Zoneamento, Uso e Ocupação do Solo do Município de Campo do Tenente e dá outras providências</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/122/plc_05.2025_-_parcelamento-e-remembramento-e-uso-do-solo.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/122/plc_05.2025_-_parcelamento-e-remembramento-e-uso-do-solo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Parcelamento e Remembramento e Uso do Solo no Município de Campo do Tenente e dá outras providências</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/123/plc_06.2025_-_instrumentos-urbanisticos.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/123/plc_06.2025_-_instrumentos-urbanisticos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os Instrumentos Urbanísticos de Campo do Tenente e dá outras providências</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/124/plc_07.2025_-_sistema_viaurio.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/124/plc_07.2025_-_sistema_viaurio.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Hierarquização do Sistema Viário do Município de Campo do Tenente e dá outras providências</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/125/plc_08.2025_-_complementar-coudigo-de-obras-e-edificacooaes.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/125/plc_08.2025_-_complementar-coudigo-de-obras-e-edificacooaes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Obras e Edificações do Município de Campo do Tenente e dá outras providências</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/126/plc_09.2025_-coudigo-de-posturas.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/126/plc_09.2025_-coudigo-de-posturas.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o Código de Posturas do Município de Campo do Tenente e dá outras providências</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/218/010-plc-etr.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/218/010-plc-etr.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROCEDIMENTO PARA A INSTALAÇÃO DE INFRAESTRUTURA DE SUPORTE PARA ESTAÇÃO TRANSMISSORA DE RADIOCOMUNICAÇÃO - ETR, NOS TERMOS DA LEGISLAÇÃO FEDERAL VIGENTE.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/225/plc_011.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/225/plc_011.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 37, DA LEI Nº 511, DE 16 DE DEZEMBRO DE 2005, A QUAL DISPÕE SOBRE A REESTRUTURAÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE CAMPO DO TENENTE/PR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>Beto Maurer, Cleiton Costa, Dr. Marcos Rodrigues, Gilmar Barbosa, Gustavo Vizentin, Jorge Quege, Josemar Veiga, Kinho, Rafael Ventura</t>
-[...2 lines deleted...]
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/134/decreto_01.pdf</t>
+    <t>Beto Maurer, Cleiton Costa, Dr. Marcos Rodrigues, Gilmar Barbosa, Gustavo Vizentin, Jorge Quege, Josemar Veiga, Kinho Lazarino, Rafael Ventura</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/134/decreto_01.pdf</t>
   </si>
   <si>
     <t>Concede Título de Mulher Empreendedora de Campo do Tenente e da outras providências</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/128/decreto_02.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/128/decreto_02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DAS CONTAS DO PODER EXECUTIVO, COM RESSALVAS, RELATIVASAO EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/206/decreto_03.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/206/decreto_03.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Embaixador Honorário de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/207/decreto_04.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/207/decreto_04.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Jovem Cidadão Destaque de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>PLEG</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_01.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_01.pdf</t>
   </si>
   <si>
     <t>Concede acréscimo sobre o valor do auxílio-alimentação dos servidores da Câmara Municipal de Campo do Tenente.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_002-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a redução do uso de papel no âmbito da Câmara Municipal de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_03.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_03.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Orçamento Participativo Digital no município de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>Dr. Marcos Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_004-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_004-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento prioritário de agricultores familiares e pequenos produtores rurais do município de Campo do Tenente no âmbito do programa “Porteira Adentro” e dá outras providências.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Dr. Marcos Rodrigues, Rafael Ventura</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_005-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_005-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DO PROCEDIMENTO OPERACIONAL PADRÃO (POP) NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, INCLUINDO A CÂMARA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>Kinho, Gustavo Vizentin</t>
-[...2 lines deleted...]
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_007.2025.docx</t>
+    <t>Kinho Lazarino, Gustavo Vizentin</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_007.2025.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DIVULGAÇÃO DE INFORMAÇÕES SOBRE OS SERVIÇOS DE SANEAMENTO BÁSICO E DO PROGRAMA PORTEIRA ADENTRO DO MUNICÍPIO NO SITE OFICIAL DA PREFEITURA DE CAMPO DO TENENTE - PR.</t>
   </si>
   <si>
-    <t>Rafael Ventura, Gustavo Vizentin, Josemar Veiga, Kinho</t>
-[...2 lines deleted...]
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_08-2025.pdf</t>
+    <t>Rafael Ventura, Gustavo Vizentin, Josemar Veiga, Kinho Lazarino</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_08-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial ético instituído pela OAB-PR para o cargo de Advogado da Câmara Municipal de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_09.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_09.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de alteração temporária da carga horária dos servidores da Câmara Municipal de Campo do Tenente, com ajuste proporcional da remuneração, mediante concordância expressa, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_embaixador_assinado.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_embaixador_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O TÍTULO DE "EMBAIXADOR(A) HONORÁRIO(A) DE CAMPO DO TENENTE" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_acesso_a_informacao_assinado.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_acesso_a_informacao_assinado.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI FEDERAL Nº 12.527/2011- LEI DE ACESSO À INFORMAÇÃO - LAI, NO ÂMBITO DA CÂMARA MUNICIPAL DE CAMPO DO TENENTE – PR.</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_012.2025_assinado.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_012.2025_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PARLAMENTO MUNICIPAL DA PESSOA COM DEFICIÊNCIA NO MUNICÍPIO DE CAMPO DO TENENTE, DESTINADO A ESTUDANTES DA APAE, COM FINS EDUCATIVOS E DE CIDADANIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_013.2025_assinado.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_013.2025_assinado.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SELO "EMPRESA AMIGA DA JUVENTUDE"</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Cleiton Costa</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_014-2025_codigo_qr_cleiton_costa.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_014-2025_codigo_qr_cleiton_costa.pdf</t>
   </si>
   <si>
     <t>DISPÕE ACERCA DA IMPLANTAÇÃO DE CÓDIGO QR EM TODAS AS PLACAS DE OBRAS PÚBLICAS MUNICIPAIS PARA LEITURA E FISCALIZAÇÃO ELETRÔNICA.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_015-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_015-2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESERVA DE VAGAS PARA NEGROS E PARDOS EM CONCURSOS PÚBLICOS E PROCESSOS SELETIVOS SIMPLIFICADOSNO ÂMBITO DA CÂMARA MUNICIPAL DE CAMPO DO TENENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/180/projeto_de_lei_evento_religioso.docx.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/180/projeto_de_lei_evento_religioso.docx.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA INCLUSÃO DE, NO MÍNIMO, UMA ATRAÇÃO DE CARÁTER RELIGIOSO NAS FESTIVIDADES MUNICIPAIS DE CAMPO DO TENENTE COM DURAÇÃO SUPERIOR A UM DIA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_lei_denominacao_aparelhos_publicos.docx_1.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_lei_denominacao_aparelhos_publicos.docx_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS CRITÉRIOS PARA  A DENOMINAÇÃO DE PRÉDIOS E EQUIPAMENTOS PÚBLICOS MUNICIPAIS NO ÂMBITO DO MUNICÍPIO DE CAMPO DO TENENTE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/216/projeto_de_lei_do_grau_assinado.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/216/projeto_de_lei_do_grau_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prática esportiva e recreativa de manobras com motocicletas, conhecida como “grau” ou “wheeling”, no âmbito do Município de Campo do Tenente, e dá outras providências.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>PSUB</t>
   </si>
   <si>
     <t>Projeto Substitutivo Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/162/substitutivo_n1o_projeto_de_lei_complentar_01.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/162/substitutivo_n1o_projeto_de_lei_complentar_01.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 21 da Lei Complementar n. 11/2022 que dispõe sobre o plano de cargos, vencimentos e carreiras dos servidores públicos da Câmara Municipal de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Cleiton Costa, Gustavo Vizentin</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/165/emenda_01.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/165/emenda_01.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 11, CAPUT, DA LEI MUNICIPAL Nº 920/2017, REDUZINDO O VALOR DO LICENCIAMENTO ANUAL DO SERVIÇO DE TAXI NO MUNICIPIO DE CAMPO DO TENENTE</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>Rafael Ventura, Beto Maurer, Cleiton Costa, Dr. Marcos Rodrigues, Gilmar Barbosa, Gustavo Vizentin, Jorge Quege, Josemar Veiga, Kinho</t>
-[...2 lines deleted...]
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/45/camara_municipal_4.pdf</t>
+    <t>Rafael Ventura, Beto Maurer, Cleiton Costa, Dr. Marcos Rodrigues, Gilmar Barbosa, Gustavo Vizentin, Jorge Quege, Josemar Veiga, Kinho Lazarino</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/45/camara_municipal_4.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda ao Projeto 010/2025 que "ACRESCE O NUMERO DE VAGAS DOS CARGOS QUE MENCIONA, ALTERA O CARGO DE TECNICO EM TRIBUTAÇÃO PARA AUDITOR FISCAL E DA OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>Gustavo Vizentin</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/231/emenda_aditiva_005-2025_ao_porjeto_de_lei_018-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/231/emenda_aditiva_005-2025_ao_porjeto_de_lei_018-2025.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva 005-2025 ao Projeto de Lei 018-2025</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/230/emenda_aditiva_006-2025_ao_porjeto_de_lei_019-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/230/emenda_aditiva_006-2025_ao_porjeto_de_lei_019-2025.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva 006-2025 ao Projeto de Lei 019-2025</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/229/emenda_aditiva_007-2025_ao_porjeto_de_lei_019-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/229/emenda_aditiva_007-2025_ao_porjeto_de_lei_019-2025.pdf</t>
   </si>
   <si>
     <t>Proposta de Emenda Aditiva 007-2025 ao projeto de Lei 019-2025.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/238/emenda_aditiva_008-2025_ao_projeto_de_lei_complementar_010-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/238/emenda_aditiva_008-2025_ao_projeto_de_lei_complementar_010-2025.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva 008-2025 ao Projeto de Lei Complementar 010-2025</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao001.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao001.pdf</t>
   </si>
   <si>
     <t>instalação de câmeras de segurança em ônibus escolares</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao002.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao002.pdf</t>
   </si>
   <si>
     <t>Indica a aquisição de poltronas confortáveis e reclináveis para acompanhantes de pacientes dos Postos e UBS 24 hrs São Luiz</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao003.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao003.pdf</t>
   </si>
   <si>
     <t>Fixação de cartazes nas Unidades Básicas de Saúde informando sobre os direitos de atendimento prioritário previstos na Lei Federal n° 10.048/2000 e no_x000D_
 Decreto Federal n° 5.296/2004</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao004.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao004.pdf</t>
   </si>
   <si>
     <t>Regulamentação de aposentadoria especial para servidores expostos a agentes insalubres e perigosos</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao005.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao005.pdf</t>
   </si>
   <si>
     <t>Manutenção e ampliação de Espaços Público</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Cleiton Costa, Dr. Marcos Rodrigues, Gustavo Vizentin, Josemar Veiga</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao006.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao006.pdf</t>
   </si>
   <si>
     <t>Implantação de Transporte Coletivo para moradores de áreas rurais</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Jorge Quege</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao007.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao007.pdf</t>
   </si>
   <si>
     <t>Implantação de Ponto de Ônibus para trabalhadores que exercem funções fora do Município</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao008.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao008.pdf</t>
   </si>
   <si>
     <t>Implantação de horário estendido para Postos de Saúde da Estratégia Saúde da Família</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>Kinho</t>
-[...2 lines deleted...]
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao009.pdf</t>
+    <t>Kinho Lazarino</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao009.pdf</t>
   </si>
   <si>
     <t>Manutenção de espaços e reparos em vias públicas e iluminação</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao010.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao010.pdf</t>
   </si>
   <si>
     <t>Manutenção e instalação de novos equipamentos pracinha da Rua Salvador Zoreck</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao011.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao011.pdf</t>
   </si>
   <si>
     <t>Solicitação de ampliação da rede de energia elétrica na localidade de Santana</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao012.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao012.pdf</t>
   </si>
   <si>
     <t>Solicitação de estudo para ampliação da rede de abastecimento de água na localidade de Lageado</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao013.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao013.pdf</t>
   </si>
   <si>
     <t>Abertura de Nova Rua de acesso entre a Rua Jorge Alves de Barros e a Rua Alcides Mario Quege</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao014.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao014.pdf</t>
   </si>
   <si>
     <t>Utilização de Sala Municipal em Substituição a Sala Locada ou Instalação de Relógio de Ponto no Iprecampo</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao015.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao015.pdf</t>
   </si>
   <si>
     <t>Indica o levantamento de bens imóveis em desuso para melhor aproveitamento dos recursos financeiros ao serviço público</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao016.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao016.pdf</t>
   </si>
   <si>
     <t>Indica a abertura de rua ligando a comunidade do Divino à rua de acesso à APAE</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao017.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao017.pdf</t>
   </si>
   <si>
     <t>Indicação para Regulamentação das Ruas Existentes no Município</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Cleiton Costa, Gustavo Vizentin, Josemar Veiga</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao018.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao018.pdf</t>
   </si>
   <si>
     <t>Indica a realização da feira do produtor de forma semanal</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao019.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao019.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção de ponte na localidade de Capoerinha</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Dr. Marcos Rodrigues, Josemar Veiga</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao020.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao020.pdf</t>
   </si>
   <si>
     <t>Indica construção de segundo portão para acesso exclusivo de pais e funcionários, na Escola Municipal Professor Gunther Urban</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao021.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao021.pdf</t>
   </si>
   <si>
     <t>Indica a Prefeitura Municipal a oferta e pagamento de cursos de capacitação para seus motoristas</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>Beto Maurer, Jorge Quege</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao022.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao022.pdf</t>
   </si>
   <si>
     <t>Indica a criação de Projeto de Lei para custear os serviços da instalação de esgoto sanitário para famílias de baixa renda</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao023.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao023.pdf</t>
   </si>
   <si>
     <t>Indica continuação do asfaltamento na Rua Nadir José Donato, manutenção da iluminação publica e alargamento da mesma</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>Rafael Ventura, Dr. Marcos Rodrigues, Josemar Veiga</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao024.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao024.pdf</t>
   </si>
   <si>
     <t>Sugere o pagamento do piso regional do Paraná aos servidores públicos do município</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao025.pdf</t>
   </si>
   <si>
     <t>Indica o avanço da Tabela do plano de carreira dos professores seguindo o piso nacional e revisão do plano de carreira dos professores do magistério</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao026.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao026.pdf</t>
   </si>
   <si>
     <t>Indica a isenção da taxa de participação para comerciantes locais nas feiras realizadas pelo município</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao027.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao027.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção com reposição e nivelamento das pedras irregulares na Rua Pedro Amálio Ribas, no trecho entre a Padokas e o campo do_x000D_
 Grêmio.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao028.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao028.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal que seja realizada a revitalização das calçadas da Rua Pedro Amálio Ribas</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Gustavo Vizentin, Josemar Veiga, Rafael Ventura</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao029.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao029.pdf</t>
   </si>
   <si>
     <t>Indica ampliação e reforma do Serviço de convivência e fortalecimento de vínculos "Projeto Pia</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao030.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao030.pdf</t>
   </si>
   <si>
     <t>Indica instalação de sinalização, iluminação pública e pintura das faixas na localidade do Lageado</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao031.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao031.pdf</t>
   </si>
   <si>
     <t>Indica iIuminação PúbIica na localidade do Rio Vermelho’’.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao032.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao032.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção da iluminação pública na Praça Anita Canet</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Dr. Marcos Rodrigues, Gustavo Vizentin, Rafael Ventura</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao033.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao033.pdf</t>
   </si>
   <si>
     <t>Estudo a viabilidade de aumento do valor do auxilio alimentação concedido aos servidores públicos municipais</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao034.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao034.pdf</t>
   </si>
   <si>
     <t>Implantação de um banheiro público para uso dos frequentadores da Praça Anita Canet e da quadra de campo sintético, localizadas neste município</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao035.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao035.pdf</t>
   </si>
   <si>
     <t>Indica implantação de lombada, placas de identificação de ruas e academia ao ar livre para moradores do Bairro do Divino</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao036.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao036.pdf</t>
   </si>
   <si>
     <t>Indica implementação do WIFI Livre Conecta Campo no Gremio Esportivo de Campo do Tenente</t>
   </si>
   <si>
     <t>Gustavo Vizentin, Rafael Ventura</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao037.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao037.pdf</t>
   </si>
   <si>
     <t>Indica a necessidade de reapresentação do Projeto de Lei 012/2023, conhecido como Reforma Legal</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao038.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao038.pdf</t>
   </si>
   <si>
     <t>Indica estudo técnico para recuo da calçada de pedestres e criação de vagas de estacionamento na Avenida Miguel Komarchewski</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao039.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao039.pdf</t>
   </si>
   <si>
     <t>Solicita a poda de arvores na estrada do Buriti, próximo a Maça no Pirog.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>Gustavo Vizentin, Kinho, Rafael Ventura</t>
-[...2 lines deleted...]
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao040.pdf</t>
+    <t>Gustavo Vizentin, Kinho Lazarino, Rafael Ventura</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao040.pdf</t>
   </si>
   <si>
     <t>Indica a construção de um parquinho na entrada da Vila dos Moreira.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao041.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao041.pdf</t>
   </si>
   <si>
     <t>Indica a manutenção do parquinho e academia ao ar livre da Vila Rural.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Dr. Marcos Rodrigues, Gustavo Vizentin</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao042.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao042.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de espaço com areia destinado à prática de atividades de atletismo na Escola João Paulo II.</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_plano_de_saude-_2025-_vereador_marcos_antonio_e_josemar_assinado.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_plano_de_saude-_2025-_vereador_marcos_antonio_e_josemar_assinado.pdf</t>
   </si>
   <si>
     <t>Indica a Contratação de Plano de saúde para os servidores públicos</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_044.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_044.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de toldo na entrada do CMEI Pequenos Brilhantes</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_045_2.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_045_2.pdf</t>
   </si>
   <si>
     <t>Indica a revitalização da ciclovia da Rua André Valenga, com a realização de calçadas, pintura de sinalização viária e implantação de sinalização horizontal e vertical.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_046.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_046.pdf</t>
   </si>
   <si>
     <t>Incentivo de coleta seletiva de maneira adequada.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_47.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_47.pdf</t>
   </si>
   <si>
     <t>Concessão de Licença-Prêmio aos Servidores Públicos Municipais</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_48.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_48.pdf</t>
   </si>
   <si>
     <t>Solicita reforma no estacionamento do Posto de saúde do Lageado</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_049-2025_vereador_cleiton_costa.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_049-2025_vereador_cleiton_costa.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção da quadra de campo sintético</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_050-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_050-2025.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a criação de mecanismo para concessão de desconto parcial na Contribuição de Iluminação Pública quando houver interrupção do serviço por período superior a 48 horas, sem reparo pela Prefeitura.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao051.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao051.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de lixeira coletiva de coleta seletiva na Vila Hermelinda, localidade do Lageado.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao052.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao052.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal o envio de Projeto de Lei que institua a licença-prêmio aos servidores públicos do Município de Campo do Tenente</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao053.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao053.pdf</t>
   </si>
   <si>
     <t>Solicita que seja realizado um estudo de viabilidade de locais públicos para ser instalado totens de auto- atendimento da Copel.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao054.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao054.pdf</t>
   </si>
   <si>
     <t>Indica aquisição de sistemas de ensino estruturado, composto por material didático e serviços de natureza continuada.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>Josemar Veiga</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao055.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao055.pdf</t>
   </si>
   <si>
     <t>Solicita a designação de profissional da área de odontologia para atender a localidade do Buriti</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao056.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao056.pdf</t>
   </si>
   <si>
     <t>Solicita a instalação de lixeiras de coleta seletiva e a inclusão da Escola João Paulo II na rota semanal do caminhão de coleta seletiva.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_reforma_gunther.docx.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_reforma_gunther.docx.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a necessidade de cobertura da área de lavanderia situada na parte frontal da Escola Municipal Professor Gunther Urban, bem como a reforma dos beirais do prédio escolar, especialmente nos fundos do edifício de dois andares, que apresentam risco de queda.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao057.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao057.pdf</t>
   </si>
   <si>
     <t>Solicita limpeza, manutenção do terreno pertencente à Prefeitura localizado em frente à Câmara Municipal, bem como a finalização do dreno já iniciado no local.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao059.pdf</t>
   </si>
   <si>
     <t>"Solicita melhorias na iluminação pública, correção da rede baixa e implantação de duas lombadas na Rua Olívio Belich"</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_060-_2025-_vereador_marcos_wesley_lazarino.docx</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao060.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a instalação de um ponto de ônibus na Rua Rubino de Moraes, a instalação de uma lixeira na Rua Salvador Zorek e a realização de manutenção nas referidas vias públicas.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/155/mocao_001.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/155/mocao_001.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS 01/2025-LARISSA CARVALHO CARNEIRO</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/2/mocao_002.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/2/mocao_002.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS 02/2025 - SOLDADO LUCAS LUIZ HONES E CABO ALEX DIETRICH RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/5/mocao_003.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/5/mocao_003.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS N° 03/2025 ANALICE FERREIRA DOS SANTOS FRANÇA</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/6/mocao_004.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/6/mocao_004.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS 04/2025  MARIA CLAUDIANA FAGUNDES</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/3/mocao_005.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/3/mocao_005.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS 05/2025 ISABEL PACHECO WAKAMATSU</t>
   </si>
   <si>
-    <t>Rafael Ventura, Dr. Marcos Rodrigues, Gustavo Vizentin, Kinho</t>
-[...2 lines deleted...]
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_006.pdf</t>
+    <t>Rafael Ventura, Dr. Marcos Rodrigues, Gustavo Vizentin, Kinho Lazarino</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_006.pdf</t>
   </si>
   <si>
     <t>Moção de Aplausos aos servidores aposentados de 2021 a 2025.</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/24/mocao_007.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/24/mocao_007.pdf</t>
   </si>
   <si>
     <t>Moção de Apoio ás APAEs e a Educação Especial.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/208/mocao_008.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/208/mocao_008.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS N. 08/2025_x000D_
 DILMA DE LIMA_x000D_
 GILSON KUHL_x000D_
 MARIANA KAISS_x000D_
 MARILENE APARECIDA HORNICK_x000D_
 ARILDO JOSE DA SILVA</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/169/oficio_330-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/169/oficio_330-2025.pdf</t>
   </si>
   <si>
     <t>Veto Parcial ao PROJETO DE LEI Nº 013, DE 2025 - Súmula: Institui o selo “Empresa Amiga da Juventude”</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/212/of._4342025-gab_e_anexos.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/212/of._4342025-gab_e_anexos.pdf</t>
   </si>
   <si>
     <t>Veto Integral ao Projeto de Lei 008/2025 - Sumula: Dispõe sobre o piso ético salarial instituído pela OAB/PR para o cargo de advogado da Câmara Municipal de Campo do Tenente e dá outras providências"</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/213/of._4532025-gab_eanexos.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/213/of._4532025-gab_eanexos.pdf</t>
   </si>
   <si>
     <t>Veto Parcial ao Projeto de Lei 007/2025 - Sumula: Dispõe sobre a divulgação, no site oficial da Prefeitura Municipal, das informações referentes aos serviços de saneamento e ao auxílio na execução de obras de infraestrutura, e dá outras providências"</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/96/requerimento001.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/96/requerimento001.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado o presente Ofício ao digníssimo diretor - Geral do Der Departamento de Estradas de Rodagem</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento002.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento002.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado o presente Ofício ao digníssimo 3°Sargento Gilberto Francisco Alves</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento003.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento003.pdf</t>
   </si>
   <si>
     <t>Requer informações detalhadas acerca do Plano Diretor</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Gustavo Vizentin, Josemar Veiga</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento004.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento004.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre a Dispensção de Medicamentos nos finais de semana e durante o periodo noturno.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento005.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento005.pdf</t>
   </si>
   <si>
     <t>Requer informações acerca do lprecampo</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento006.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento006.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre rede baixa de energia</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_7.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_7.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE CONCLUSÃO DE OBRAS DE PAVIMENTAÇÃO</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento08.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento08.pdf</t>
   </si>
   <si>
     <t>Requer informações da Sanepar referenta a finalização das Obras</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento009.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento009.pdf</t>
   </si>
   <si>
     <t>Requerimento para Apresentacao de Lista de Recursos e Obras Previstas pela Gestão com a Atual Situação</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento010.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento010.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado um oficio ao dignissimo Diretor-Geral do DER Departamento de Estrada de Rodagem</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/154/requerimento_11.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/154/requerimento_11.pdf</t>
   </si>
   <si>
     <t>ATUALIZA O VALOR DO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO DO MUNÍCIPIO DE CAMPO DO TENENTE - PR</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Cleiton Costa, Dr. Marcos Rodrigues, Gustavo Vizentin</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento012.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento012.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado um Oficio a Companhia Paranaense de Energia (Copel)</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento013.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento013.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado um Oficio ao dignissimo diretor Regional Arteris PIanalto Sul Antonio Cesar Ribas Sass</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento014.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento014.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado Oficio a Assembleia LegisIativa e Governo do Estado do Paraná</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento015.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento015.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado um Oficio ao dignissimo Secretário de Obras Everson Junior da Silva AviIa</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento016.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento016.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado Oficio a Assembleia  LegisIativa e Governo do Estado do Paraná.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento017.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento017.pdf</t>
   </si>
   <si>
     <t>Requerimento Solicitando informações ao Executivo Municipal</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento018.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento018.pdf</t>
   </si>
   <si>
     <t>Requerimento para Policia Militar solicitando reforço na segurança com rondas na entradas e saídas das escolas</t>
   </si>
   <si>
-    <t>Rafael Ventura, Dr. Marcos Rodrigues, Gilmar Barbosa, Gustavo Vizentin, Kinho</t>
-[...2 lines deleted...]
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/8/requerimento019.pdf</t>
+    <t>Rafael Ventura, Dr. Marcos Rodrigues, Gilmar Barbosa, Gustavo Vizentin, Kinho Lazarino</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/8/requerimento019.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO PARA SOLICITAR PROVIDÊNCIAS EM RELAÇÃO AO TRANSPORTE PÚBLICO DESTINADO AOS ESTUDANTES DE NOSSA CIDADE.</t>
   </si>
   <si>
-    <t>Kinho, Gustavo Vizentin, Rafael Ventura</t>
-[...2 lines deleted...]
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/15/requerimento020.pdf</t>
+    <t>Kinho Lazarino, Gustavo Vizentin, Rafael Ventura</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/15/requerimento020.pdf</t>
   </si>
   <si>
     <t>Requerimento para solicitar informações acerca da fiscalização e das providências tomadas em relação aos fios de energia e internet soltos nas vias públicas de nossa cidade.</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/16/requerimento021.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/16/requerimento021.pdf</t>
   </si>
   <si>
     <t>Solicita lista de servidores aposentados entre 2021 e 2025 para futura homenagem.</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_secretaria_educacao-_vereador_marcos_antonio_assinado.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_secretaria_educacao-_vereador_marcos_antonio_assinado.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE COMISSÃO PARA ELABORAÇÃO DE ESTUDO DE CASO  VOLTADO AO ATENDIMENTO DOS ALUNOS DA EDUCAÇÃO ESPECIAL</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_023_gustavo_vizentin_assinado.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_023_gustavo_vizentin_assinado.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre frota de veículos pertencente ao Município, com as seguintes especificações.</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_024-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_024-2025.pdf</t>
   </si>
   <si>
     <t>Requer informações sobre todos os Conselhos Municipais existentes.</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_25.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_25.pdf</t>
   </si>
   <si>
     <t>Solicita a imediata utilização do caminhão adquirido por meio de parceria com a Itaipu Binacional</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/94/requerimento_26.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/94/requerimento_26.pdf</t>
   </si>
   <si>
     <t>Solicita a presença da Comissão Organizadora da 2ª Edição da Campo Agro 2025.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/164/requerimento_027-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/164/requerimento_027-2025.pdf</t>
   </si>
   <si>
     <t>Regime de urgência especial: DISPÕE SOBRE A RESERVA DE VAGAS PARA NEGROS E PARDOS EM CONCURSOS PÚBLICOS E PROCESSOS SELETIVOS SIMPLIFICADOSNO ÂMBITO DA CÂMARA MUNICIPAL DE CAMPO DO TENENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_28-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_28-2025.pdf</t>
   </si>
   <si>
     <t>Solicita lista detalhada dos precatórios pagos nos últimos 4 anos, e previsão de pagamentos para os próximos 2 anos.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>Gustavo Vizentin, Kinho</t>
-[...2 lines deleted...]
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/174/requerimento_029_vereadores_gustavo_vizentin_e_marcos_wesley_lazarino.docx</t>
+    <t>Gustavo Vizentin, Kinho Lazarino</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/174/requerimento029.pdf</t>
   </si>
   <si>
     <t>Solicita informações referente a Rua Maria Rita Afonso Pereira.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_030_vereadores_gustavo_vizentin_e_marcos_wesley_lazarino.docx</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento030.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as obras realizadas no Bairro dos Moreira.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento031.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento031.pdf</t>
   </si>
   <si>
     <t>Requer o envio de Ofício à Prefeitura Municipal de Campo do Tenente para obter informações sobre a rua ao lado do novo Posto de Saúde, que se inicia em frente à Câmara Municipal (Avenida Miguel Komarchewski) e termina na Rua Alcides Mário Quege, a fim de verificar se já possui denominação oficial.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>Gilmar Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento033.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento033.pdf</t>
   </si>
   <si>
     <t>Requer o envio de Ofício à Prefeitura Municipal de Campo do Tenente para obter informações sobre a rua onde se localiza o Departamento de tratamento de água na localidade do Lageado.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>Gustavo Vizentin, Dr. Marcos Rodrigues, Rafael Ventura</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento034.pdf</t>
-[...2 lines deleted...]
-    <t>REQUERIMENTO 034-2025</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento034.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre a não execução do Contrato referente ao Pregão 21/2025 (Vigência 16/06/2025 - 16/06/2026|) com a Empresa Reis Multiserviços LTDA, responsável pela limpeza de fossas sépticas no município.”</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento035.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento035.pdf</t>
   </si>
   <si>
     <t>Solicita informações ao Poder Executivo Municipal acerca do fornecimento de calcário aos produtores rurais do Município de Campo do Tenente."</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento036.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento036.pdf</t>
   </si>
   <si>
     <t>"Solicita informações à SANEPAR sobre valores de ligação da rede de esgoto, apoio ao Executivo Municipal, fornecimento de materiais e possibilidade de audiência pública".</t>
   </si>
   <si>
     <t>OFEX</t>
   </si>
   <si>
     <t>Oficio do Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/1/193-camaramunicipal_-_audiencia_-_2.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/1/193-camaramunicipal_-_audiencia_-_2.pdf</t>
   </si>
   <si>
     <t>Oficio nº 193/2025-gab e anexo</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/18/of._2052025-gab_e_anexo.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/18/of._2052025-gab_e_anexo.pdf</t>
   </si>
   <si>
     <t>Encaminha Of. 205/2025-gab e anexo</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/19/oficio_26_requerimento_sobre_transporte.pdf_ass.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/19/oficio_26_requerimento_sobre_transporte.pdf_ass.pdf</t>
   </si>
   <si>
     <t>RESPOSTA AO REQUERIMENTO SOBRE TRANSPORTE ESCOLAR</t>
   </si>
   <si>
     <t>OFICÍO N° 238/2025</t>
   </si>
   <si>
     <t>OFICÍO 240/2025</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/42/242-camara_municipal_convite_assinado.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/42/242-camara_municipal_convite_assinado.pdf</t>
   </si>
   <si>
     <t>Ofício 242/2025-GAB_x000D_
 Assunto: Convite para Reunião de Entrega do Programa "Itaipu Mais que _x000D_
 Energia</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/39/oficio_240_e_anexos.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/39/oficio_240_e_anexos.pdf</t>
   </si>
   <si>
     <t>Ofício nº 240/2025-Gab (solicita substituição de PL 011/2025)_x000D_
 Projeto de Lei nº 011/2025_x000D_
 Impacto Financeiro_x000D_
 Declaração</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/68/272-camara_municipal_-_copias_de_atas-2-ass.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/68/272-camara_municipal_-_copias_de_atas-2-ass.pdf</t>
   </si>
   <si>
     <t>Ofício nº 272/2025-Gab_x000D_
 Solicita cópias de atas</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/111/289_-_camara_-_pavimentacoes-ass.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/111/289_-_camara_-_pavimentacoes-ass.pdf</t>
   </si>
   <si>
     <t>Encaminha Of. 289/2025-Gab em resposta ao Of. 033/2025 – Protocolo nº 486/2025.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/114/291-camara_-_resp._of_031-ass.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/114/291-camara_-_resp._of_031-ass.pdf</t>
   </si>
   <si>
     <t>Oficio nº 291/2025 - GAB                     Campo do Tenente, (PR), 09 de julho de 2025._x000D_
 _x000D_
 Ao Excelentíssimo Senhor: _x000D_
 RAFAEL VENTURA _x000D_
 Presidente da Câmara Municipal de Vereadores_x000D_
 Campo do Tenente – PR _x000D_
 _x000D_
 Ref:- Ofício 031/2025 – Protocolo nº 423/2025.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/115/292-_camara_-_plano_diretor-ass.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/115/292-_camara_-_plano_diretor-ass.pdf</t>
   </si>
   <si>
     <t>Oficio nº 292/2025 - GAB                     Campo do Tenente, (PR), 09 de julho de 2025._x000D_
  AO EXCELENTÍSSIMO SENHOR: _x000D_
 RAFAEL VENTURA _x000D_
 PRESIDENTE DA CÂMARA MUNICIPAL DE VEREADORES_x000D_
  CAMPO DO TENENTE – PR  _x000D_
 Ref:- Encaminhamento dos Projetos de Lei referentes à Revisão do Plano Diretor _x000D_
 Municipal</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/133/332-_resposta_-_camara-ass.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/133/332-_resposta_-_camara-ass.pdf</t>
   </si>
   <si>
     <t>Oficio nº 332/2025 – GAB_x000D_
  Ao Excelentíssimo Senhor: _x000D_
 RAFAEL VENTURA _x000D_
           Campo do Tenente, (PR), 14 de julho de 2025._x000D_
  PRESIDENTE DA CÂMARA DE VEREADORES_x000D_
  _x000D_
 Ref:- Requerimento 026/2025 – Protocolo 1392/2025</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/135/331-_resposta_-_camara_-ass.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/135/331-_resposta_-_camara_-ass.pdf</t>
   </si>
   <si>
     <t>Oficio nº 331/2025 - GAB                     Campo do Tenente, (PR), 15 de julho de 2025._x000D_
  AO EXCELENTÍSSIMO SENHOR: _x000D_
 RAFAEL VENTURA _x000D_
 PRESIDENTE DA CÂMARA MUNICIPAL DE VEREADORES_x000D_
  Ref:- Ofício 091/2025 – Requerimento 025/2025_x000D_
  Protocolo 1337/2025</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/136/330-camara_-ass.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/136/330-camara_-ass.pdf</t>
   </si>
   <si>
     <t>Oficio nº 330/2025 - GAB                     Campo do Tenente, (PR), 11 de julho de 2025._x000D_
  AO EXCELENTÍSSIMO SENHOR: _x000D_
 RAFAEL VENTURA _x000D_
 PRESIDENTE DA CÂMARA MUNICIPAL DE VEREADORES_x000D_
  CAMPO DO TENENTE – PR  _x000D_
 Ref:- Ofício 094/2025 – Protocolo nº 1393/2025._x000D_
  Projeto de Lei nº 013/2025- Poder Legislativo – Marcos Antônio Rodrigues_x000D_
  Súmula: Institui o selo “Empresa Amiga da Juventude”_x000D_
  VETO PARCIAL AO PROJETO DE LEI Nº 013, DE 2025_x000D_
  MENSAGEM DO SR. PREFEITO MUNICIPAL</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/139/336-camara_-_dev_de_projeto-ass.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/139/336-camara_-_dev_de_projeto-ass.pdf</t>
   </si>
   <si>
     <t>Oficio nº 336/2025 - GAB                     Campo do Tenente, (PR), 14 de julho de 2025._x000D_
 _x000D_
 Ao Excelentíssimo Senhor: _x000D_
 RAFAEL VENTURA _x000D_
 Presidente da Câmara Municipal de Vereadores_x000D_
 Campo do Tenente – PR _x000D_
 _x000D_
 Ref:- Ofício 085/2025 – Protocolo nº 1272/2025._x000D_
 Proposta de Emenda Aditiva n. 003/2025 ao Projeto de Lei n.010/2025 de autoria do Poder Executivo</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/150/340-camaramunicipal-ass.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/150/340-camaramunicipal-ass.pdf</t>
   </si>
   <si>
     <t>Oficio nº 340/2025-GAB                                _x000D_
 Ao Excelentíssimo Senhor: _x000D_
 RAFAEL VENTURA   _x000D_
 Campo do Tenente, (PR), 18 de julho de 2025._x000D_
  PRESIDENTE DA CÂMARA DE VEREADORES_x000D_
  CAMPO DO TENENTE – PR _x000D_
 Assunto: Indicação de pessoas para uso da palavra em sessão.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/171/365-_resposta_-_camara_-ass.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/171/365-_resposta_-_camara_-ass.pdf</t>
   </si>
   <si>
     <t>Oficio nº 365/2025 - GAB                     Campo do Tenente, (PR), 08 de julho de 2025._x000D_
 Ao Excelentíssimo Senhor: _x000D_
 RAFAEL VENTURA _x000D_
 Presidente da Câmara Municipal de Vereadores_x000D_
 Campo do Tenente – PR _x000D_
 _x000D_
 Ref:- Ofício 098/2025 – Requerimento 028/2025_x000D_
 Protocolo 1611/2025</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/186/375-camaramunicipal.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/186/375-camaramunicipal.pdf</t>
   </si>
   <si>
     <t>Oficio nº 375/2025-GAB                                _x000D_
 Ao Excelentíssimo Senhor: _x000D_
 RAFAEL VENTURA   _x000D_
 Campo do Tenente, (PR), 25 de agosto de 2025._x000D_
  PRESIDENTE DA CÂMARA DE VEREADORES_x000D_
  CAMPO DO TENENTE – PR _x000D_
 Assunto: Requer informações</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/187/386-camaramunicipal_-_pl_019-ass.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/187/386-camaramunicipal_-_pl_019-ass.pdf</t>
   </si>
   <si>
     <t>Ofício nº 386/2025-Gab_x000D_
 Encaminha Projeto de Lei nº 019/2025, que DISPÕE SOBRE O PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO, PARA O PERÍODO DE 2026 A 2029, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/188/385-camaramunicipal_-_pl_018_-ass.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/188/385-camaramunicipal_-_pl_018_-ass.pdf</t>
   </si>
   <si>
     <t>Ofício nº 385/2025-Gab_x000D_
 Encaminha Projeto de Lei nº 018/2025, que DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE CAMPO DO TENENTE, ESTADO DO PARANÁ, PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/198/of._403_e_anexo.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/198/of._403_e_anexo.pdf</t>
   </si>
   <si>
     <t>Ofício nº 403/2025-Gab e anexo_x000D_
 Solicita as dependências da Câmara Municipal para a realização da Audiência para o Cumprimento das Metas Fiscais e Audiência Publica da Saúde, relativo ao Segundo Quadrimestre do exercício de 2025..</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/200/420-camaramunicipal_-_indicacoes.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/200/420-camaramunicipal_-_indicacoes.pdf</t>
   </si>
   <si>
     <t>Ofício nº 420/2025-Gab_x000D_
 Indicações de representantes (titulares e suplentes) para compor conselhos municipais.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/201/oficio_420-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/201/oficio_420-2025.pdf</t>
   </si>
   <si>
     <t>Ofício nº 420/2025 Indicações de representantes (titulares e suplentes) para compor conselhos municipais.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/214/oficio_434-2025_ref._veto_pl_008-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/214/oficio_434-2025_ref._veto_pl_008-2025.pdf</t>
   </si>
   <si>
     <t>OFÍCIO 434/2025 VETO 02/2025</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/215/oficio_453-2025_ref._veto_pl_007-2025.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/215/oficio_453-2025_ref._veto_pl_007-2025.pdf</t>
   </si>
   <si>
     <t>OFÍCIO 453/2025 VETO 03/2025</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/222/489-_resposta_-_camara.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/222/489-_resposta_-_camara.pdf</t>
   </si>
   <si>
     <t>Ofício nº 489/2025-Gab e anexos_x000D_
 em resposta ao Ofício nº 157/2025 –  Protocolo 2336/2025_x000D_
 Obs. os anexos seguem via e-mail.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/223/494-_resposta_-_camara-assinado.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/223/494-_resposta_-_camara-assinado.pdf</t>
   </si>
   <si>
     <t>Ofício nº 494/2025-Gab_x000D_
 Assunto: Resposta ao Ofício nº 158/2025 – Protocolo 2333/2025</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/237/oficio_no_5112025-gab.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/237/oficio_no_5112025-gab.pdf</t>
   </si>
   <si>
     <t>Ofício nº 511/2025-Gab_x000D_
 solicita a retirada do  Projeto de Lei Complementar nº 011/2025, que ALTERA A REDAÇÃO DO ART. 37, DA LEI Nº 511, DE 16 DE DEZEMBRO DE 2005, A QUAL DISPÕE SOBRE A REESTRUTURAÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE CAMPO DO TENENTE/PR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/242/of._5232025-gab_e_anexos.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/242/of._5232025-gab_e_anexos.pdf</t>
   </si>
   <si>
     <t>Ofício nº 523/2025-Gab e anexos_x000D_
 Encaminha Impacto Financeiro referente o Projeto de Lei nº 021/2025. que DISPÕE SOBRE O PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE CAMPO DO TENENTE/PR COM O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS, EM CONFORMIDADE COM A PORTARIA MTP Nº 3.803, DE 16/11/2022.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/243/525-_resposta_-_camara_.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/243/525-_resposta_-_camara_.pdf</t>
   </si>
   <si>
     <t>Oficio nº 525/2025 - GAB                _x000D_
 AO EXCELENTÍSSIMO SENHOR: _x000D_
 RAFAEL VENTURA _x000D_
 Campo do Tenente, (PR), 11 de dezembro de 2025._x000D_
 PRESIDENTE DA CÂMARA MUNICIPAL DE VEREADORES_x000D_
 CAMPO DO TENENTE – PR  _x000D_
 Assunto: Resposta ao Ofício nº 181/2025 –  Protocolo 2523/2025</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>PSUBE</t>
   </si>
   <si>
     <t>Projeto Substitutivo Executivo</t>
   </si>
   <si>
-    <t>https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/239/oficio_5182025_-_subs._pl_023.pdf</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/239/oficio_5182025_-_subs._pl_023.pdf</t>
   </si>
   <si>
     <t>PROJETO SUBSTITUTIVO AO PROJETO 023/2025 - DISPÕE SOBRE O SISTEMA MUNICIPAL DE CULTURA DO MUNICÍPIO DE CAMPO DO TENENTE/PR, E DÁ OUTRAS PROVIDÊNCIAS,</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>ATA</t>
+  </si>
+  <si>
+    <t>Ata Sessão</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/278/ata_2846_da_sessao_extraordinaria_do_dia_11_de_dezembro.docx</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Extraordinária Nº 2.846 - 11 de dezembro de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2609,68 +2624,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_lei_001-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_003_part_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei__004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_de_lei_005_page-0003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_006_page-0003.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_008_page-0001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_11_alterado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/32/pl_0122025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/43/of.254-pl_013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/127/pl_15.2025_-_delimita_bairros_do_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/129/pl_16.2025_-_coudigo-ambiental.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/130/pl_17.2025_-_fundo_de_desenvolvimento_urbano_oco_fdu.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_de_lei_018-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/190/projeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/219/463-pl_0202025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/226/pl_021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/227/pl_022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/228/pl_023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/224/pl_0242025_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/232/pl_0252025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/236/pl_026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/240/of._522.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/156/resolucao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_005.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_resolucao_006.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/143/resolucao_07.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/142/resolucao_08.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/22/resolucao_09.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/166/resolucao_010.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/167/resolucao_011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/168/resolucao_012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/195/resolucao_013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/197/resolucao_014.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/202/resolucao_015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/205/resolucao_016.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/217/resolucao_n._017.2025_doacao_de_bens_moveis_a_prefeitura.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/119/plc_02.2025_-_macrozoneamento_-_uso_e_ocupacoaao_de_solo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/120/plc_03.2025_-_projeto_lei_complementar_n_03.2025_-_periumetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/121/plc_04.2025_-_zoneamentoto_uso_e_ocupacoaao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/122/plc_05.2025_-_parcelamento-e-remembramento-e-uso-do-solo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/123/plc_06.2025_-_instrumentos-urbanisticos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/124/plc_07.2025_-_sistema_viaurio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/125/plc_08.2025_-_complementar-coudigo-de-obras-e-edificacooaes.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/126/plc_09.2025_-coudigo-de-posturas.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/218/010-plc-etr.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/225/plc_011.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/134/decreto_01.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/128/decreto_02.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/206/decreto_03.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/207/decreto_04.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_01.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_002-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_03.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_004-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_005-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_007.2025.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_08-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_09.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_embaixador_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_acesso_a_informacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_012.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_013.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_014-2025_codigo_qr_cleiton_costa.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_015-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/180/projeto_de_lei_evento_religioso.docx.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_lei_denominacao_aparelhos_publicos.docx_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/216/projeto_de_lei_do_grau_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/162/substitutivo_n1o_projeto_de_lei_complentar_01.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/165/emenda_01.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/45/camara_municipal_4.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/231/emenda_aditiva_005-2025_ao_porjeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/230/emenda_aditiva_006-2025_ao_porjeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/229/emenda_aditiva_007-2025_ao_porjeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/238/emenda_aditiva_008-2025_ao_projeto_de_lei_complementar_010-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao001.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao002.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao003.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao004.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao005.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao006.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao007.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao008.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao009.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao010.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao011.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao012.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao013.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao014.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao015.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao016.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao027.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao028.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao029.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao030.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao031.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao032.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao033.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao034.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao035.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao036.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao037.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao038.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao039.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao040.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao041.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao042.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_plano_de_saude-_2025-_vereador_marcos_antonio_e_josemar_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_044.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_045_2.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_046.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_049-2025_vereador_cleiton_costa.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao051.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao052.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao053.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao054.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao055.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao056.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_reforma_gunther.docx.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao057.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_060-_2025-_vereador_marcos_wesley_lazarino.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/155/mocao_001.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/2/mocao_002.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/5/mocao_003.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/6/mocao_004.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/3/mocao_005.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_006.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/24/mocao_007.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/208/mocao_008.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/169/oficio_330-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/212/of._4342025-gab_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/213/of._4532025-gab_eanexos.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/96/requerimento001.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento002.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento003.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento004.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento005.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento006.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento08.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento009.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento010.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/154/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento012.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento013.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento014.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento015.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento016.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/8/requerimento019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/15/requerimento020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/16/requerimento021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_secretaria_educacao-_vereador_marcos_antonio_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_023_gustavo_vizentin_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_024-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/94/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/164/requerimento_027-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_28-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/174/requerimento_029_vereadores_gustavo_vizentin_e_marcos_wesley_lazarino.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_030_vereadores_gustavo_vizentin_e_marcos_wesley_lazarino.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento031.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento033.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento034.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento035.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento036.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/1/193-camaramunicipal_-_audiencia_-_2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/18/of._2052025-gab_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/19/oficio_26_requerimento_sobre_transporte.pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/42/242-camara_municipal_convite_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/39/oficio_240_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/68/272-camara_municipal_-_copias_de_atas-2-ass.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/111/289_-_camara_-_pavimentacoes-ass.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/114/291-camara_-_resp._of_031-ass.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/115/292-_camara_-_plano_diretor-ass.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/133/332-_resposta_-_camara-ass.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/135/331-_resposta_-_camara_-ass.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/136/330-camara_-ass.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/139/336-camara_-_dev_de_projeto-ass.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/150/340-camaramunicipal-ass.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/171/365-_resposta_-_camara_-ass.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/186/375-camaramunicipal.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/187/386-camaramunicipal_-_pl_019-ass.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/188/385-camaramunicipal_-_pl_018_-ass.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/198/of._403_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/200/420-camaramunicipal_-_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/201/oficio_420-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/214/oficio_434-2025_ref._veto_pl_008-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/215/oficio_453-2025_ref._veto_pl_007-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/222/489-_resposta_-_camara.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/223/494-_resposta_-_camara-assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/237/oficio_no_5112025-gab.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/242/of._5232025-gab_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/243/525-_resposta_-_camara_.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/239/oficio_5182025_-_subs._pl_023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_lei_001-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_lei_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/141/projeto_de_lei_003_part_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/144/projeto_de_lei__004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_de_lei_005_page-0003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/146/projeto_de_lei_006_page-0003.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/147/projeto_de_lei_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/148/projeto_de_lei_008_page-0001.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/149/projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/29/projeto_11_alterado.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/32/pl_0122025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/43/of.254-pl_013.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/127/pl_15.2025_-_delimita_bairros_do_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/129/pl_16.2025_-_coudigo-ambiental.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/130/pl_17.2025_-_fundo_de_desenvolvimento_urbano_oco_fdu.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/189/projeto_de_lei_018-2025_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/190/projeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/219/463-pl_0202025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/226/pl_021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/227/pl_022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/228/pl_023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/224/pl_0242025_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/232/pl_0252025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/236/pl_026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/240/of._522.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/156/resolucao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/157/projeto_de_resolucao_002.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_005.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_resolucao_006.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/143/resolucao_07.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/142/resolucao_08.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/22/resolucao_09.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/166/resolucao_010.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/167/resolucao_011.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/168/resolucao_012.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/195/resolucao_013.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/197/resolucao_014.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/202/resolucao_015.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/205/resolucao_016.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/119/plc_02.2025_-_macrozoneamento_-_uso_e_ocupacoaao_de_solo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/120/plc_03.2025_-_projeto_lei_complementar_n_03.2025_-_periumetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/121/plc_04.2025_-_zoneamentoto_uso_e_ocupacoaao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/122/plc_05.2025_-_parcelamento-e-remembramento-e-uso-do-solo.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/123/plc_06.2025_-_instrumentos-urbanisticos.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/124/plc_07.2025_-_sistema_viaurio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/125/plc_08.2025_-_complementar-coudigo-de-obras-e-edificacooaes.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/126/plc_09.2025_-coudigo-de-posturas.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/218/010-plc-etr.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/225/plc_011.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/134/decreto_01.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/128/decreto_02.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/206/decreto_03.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/207/decreto_04.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_01.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/55/projeto_002-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_03.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_004-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_005-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/193/projeto_de_lei_007.2025.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_08-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/28/projeto_09.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_embaixador_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/31/projeto_de_lei_acesso_a_informacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/25/projeto_de_lei_012.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/37/projeto_de_lei_013.2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_014-2025_codigo_qr_cleiton_costa.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_015-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/180/projeto_de_lei_evento_religioso.docx.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/211/projeto_de_lei_denominacao_aparelhos_publicos.docx_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/216/projeto_de_lei_do_grau_assinado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/162/substitutivo_n1o_projeto_de_lei_complentar_01.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/165/emenda_01.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/45/camara_municipal_4.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/231/emenda_aditiva_005-2025_ao_porjeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/230/emenda_aditiva_006-2025_ao_porjeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/229/emenda_aditiva_007-2025_ao_porjeto_de_lei_019-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/238/emenda_aditiva_008-2025_ao_projeto_de_lei_complementar_010-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/57/indicacao001.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/58/indicacao002.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/59/indicacao003.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/60/indicacao004.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/61/indicacao005.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/62/indicacao006.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/63/indicacao007.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/64/indicacao008.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/65/indicacao009.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/66/indicacao010.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/67/indicacao011.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/69/indicacao012.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/70/indicacao013.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/71/indicacao014.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/72/indicacao015.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/73/indicacao016.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/74/indicacao017.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/75/indicacao018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/76/indicacao019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/77/indicacao020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/78/indicacao021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/79/indicacao022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/80/indicacao023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/81/indicacao024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/82/indicacao025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/83/indicacao026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/85/indicacao027.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/86/indicacao028.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/87/indicacao029.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/88/indicacao030.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/89/indicacao031.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao032.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao033.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao034.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/95/indicacao035.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao036.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao037.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/11/indicacao038.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao039.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/20/indicacao040.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao041.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/30/indicacao042.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/35/indicacao_plano_de_saude-_2025-_vereador_marcos_antonio_e_josemar_assinado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/38/indicacao_044.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/46/indicacao_045_2.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/51/indicacao_046.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/52/indicacao_47.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/53/indicacao_48.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_049-2025_vereador_cleiton_costa.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/172/indicacao_050-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/176/indicacao051.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/181/indicacao052.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/185/indicacao053.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao054.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/196/indicacao055.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao056.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_reforma_gunther.docx.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao057.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao059.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao060.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/155/mocao_001.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/2/mocao_002.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/5/mocao_003.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/6/mocao_004.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/3/mocao_005.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/23/mocao_006.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/24/mocao_007.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/208/mocao_008.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/169/oficio_330-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/212/of._4342025-gab_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/213/of._4532025-gab_eanexos.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/96/requerimento001.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento002.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento003.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento004.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento005.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento006.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_7.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento08.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento009.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento010.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/154/requerimento_11.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento012.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento013.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento014.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento015.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento016.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento017.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento018.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/8/requerimento019.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/15/requerimento020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/16/requerimento021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_secretaria_educacao-_vereador_marcos_antonio_assinado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_023_gustavo_vizentin_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_024-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/54/requerimento_25.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/94/requerimento_26.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/164/requerimento_027-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_28-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/174/requerimento029.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento030.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento031.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento033.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento034.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento035.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/234/requerimento036.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/1/193-camaramunicipal_-_audiencia_-_2.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/18/of._2052025-gab_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/19/oficio_26_requerimento_sobre_transporte.pdf_ass.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/42/242-camara_municipal_convite_assinado.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/39/oficio_240_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/68/272-camara_municipal_-_copias_de_atas-2-ass.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/111/289_-_camara_-_pavimentacoes-ass.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/114/291-camara_-_resp._of_031-ass.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/115/292-_camara_-_plano_diretor-ass.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/133/332-_resposta_-_camara-ass.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/135/331-_resposta_-_camara_-ass.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/136/330-camara_-ass.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/139/336-camara_-_dev_de_projeto-ass.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/150/340-camaramunicipal-ass.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/171/365-_resposta_-_camara_-ass.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/186/375-camaramunicipal.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/187/386-camaramunicipal_-_pl_019-ass.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/188/385-camaramunicipal_-_pl_018_-ass.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/198/of._403_e_anexo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/200/420-camaramunicipal_-_indicacoes.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/201/oficio_420-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/214/oficio_434-2025_ref._veto_pl_008-2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/215/oficio_453-2025_ref._veto_pl_007-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/222/489-_resposta_-_camara.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/223/494-_resposta_-_camara-assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/237/oficio_no_5112025-gab.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/242/of._5232025-gab_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/243/525-_resposta_-_camara_.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/239/oficio_5182025_-_subs._pl_023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2025/278/ata_2846_da_sessao_extraordinaria_do_dia_11_de_dezembro.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H218"/>
+  <dimension ref="A1:H219"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.5703125" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="120.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="154.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="128.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="154" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -7569,77 +7584,77 @@
       </c>
       <c r="H190" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>408</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>25</v>
       </c>
       <c r="D191" t="s">
         <v>633</v>
       </c>
       <c r="E191" t="s">
         <v>634</v>
       </c>
       <c r="F191" t="s">
         <v>13</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>489</v>
+        <v>164</v>
       </c>
       <c r="H191" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>427</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>29</v>
       </c>
       <c r="D192" t="s">
         <v>633</v>
       </c>
       <c r="E192" t="s">
         <v>634</v>
       </c>
       <c r="F192" t="s">
         <v>13</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>489</v>
+        <v>164</v>
       </c>
       <c r="H192" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>434</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>33</v>
       </c>
       <c r="D193" t="s">
         <v>633</v>
       </c>
       <c r="E193" t="s">
         <v>634</v>
       </c>
       <c r="F193" t="s">
         <v>13</v>
       </c>
       <c r="G193" s="1" t="s">
@@ -8275,50 +8290,73 @@
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>716</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
         <v>10</v>
       </c>
       <c r="D218" t="s">
         <v>717</v>
       </c>
       <c r="E218" t="s">
         <v>718</v>
       </c>
       <c r="F218" t="s">
         <v>13</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>719</v>
       </c>
       <c r="H218" t="s">
         <v>720</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>721</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>223</v>
+      </c>
+      <c r="D219" t="s">
+        <v>722</v>
+      </c>
+      <c r="E219" t="s">
+        <v>723</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H219" t="s">
+        <v>725</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -8496,50 +8534,51 @@
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
     <hyperlink ref="G198" r:id="rId197"/>
     <hyperlink ref="G199" r:id="rId198"/>
     <hyperlink ref="G200" r:id="rId199"/>
     <hyperlink ref="G201" r:id="rId200"/>
     <hyperlink ref="G202" r:id="rId201"/>
     <hyperlink ref="G203" r:id="rId202"/>
     <hyperlink ref="G204" r:id="rId203"/>
     <hyperlink ref="G205" r:id="rId204"/>
     <hyperlink ref="G206" r:id="rId205"/>
     <hyperlink ref="G207" r:id="rId206"/>
     <hyperlink ref="G208" r:id="rId207"/>
     <hyperlink ref="G209" r:id="rId208"/>
     <hyperlink ref="G210" r:id="rId209"/>
     <hyperlink ref="G211" r:id="rId210"/>
     <hyperlink ref="G212" r:id="rId211"/>
     <hyperlink ref="G213" r:id="rId212"/>
     <hyperlink ref="G214" r:id="rId213"/>
     <hyperlink ref="G215" r:id="rId214"/>
     <hyperlink ref="G216" r:id="rId215"/>
     <hyperlink ref="G217" r:id="rId216"/>
     <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>