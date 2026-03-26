--- v0 (2026-02-08)
+++ v1 (2026-03-26)
@@ -10,110 +10,502 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="149">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PLEX</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Origem Poder Executivo</t>
+  </si>
+  <si>
+    <t>Weverton Willian Vizentin</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/254/projeto_001.pdf</t>
+  </si>
+  <si>
+    <t>CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES EFETIVOS E EMPREGADOS PÚBLICOS MUNICIPAIS DA ADMINISTRAÇÃO DIRETA E INDIRETA, ATIVOS, INATIVOS COM E SEM PARIDADE, PENSIONISTAS, COMISSIONADOS E CONSELHEIROS TUTELARES.</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/255/projeto_002.pdf</t>
+  </si>
+  <si>
+    <t>ATUALIZA O VALOR DO PISO SALARIAL PROFISSIONAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE ÀS ENDEMIAS, REFERENTE AO REAJUSTE ANUAL PREVISTO NO ART. 2º DA LEI MUNICIPAL Nº 1.083/22.</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/257/projeto_003.pdf</t>
+  </si>
+  <si>
+    <t>ATUALIZA O VALOR DO PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO DO MUNICÍPIO DE CAMPO DO TENENTE – PR.</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/258/projeto_004.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA O ART. 1º DA LEI Nº 1175/2025, QUE DISPÕE SOBRE A FIXAÇÃO DO PISO SALARIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE CAMPO DO TENENTE.</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/256/projeto_005.pdf</t>
+  </si>
+  <si>
+    <t>RATIFICA O PROTOCOLO DE INTENÇÕES PARA CONSTITUIÇÃO DO CONSÓRCIO INTERMUNICIPAL MULTIFINALITÁRIO – CONSULEP.</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Rafael Ventura</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/246/resolucao_001-2026_estagiarios.pdf</t>
+  </si>
+  <si>
+    <t>"Altera o valor da bolsa auxílio dos estagiários do Poder Legislativo previsto no Anexo I da Resolução 002/2022."</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>Rafael Ventura, Gustavo Vizentin, Josemar Veiga, Kinho Lazarino</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/259/resolucao_002-2026_diarias.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta parágrafo único ao art. 1º da Resolução nº 003/2014, que estabelece normas para a concessão de diárias no âmbito do Poder Legislativo Municipal.</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/260/resolucao_003-2026_governo_digital.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta a Lei Federal nº 14.129, de 29 de março de 2021, no âmbito da Câmara Municipal de Campo do Tenente e institui o Programa de Governo Digital do Poder Legislativo Municipal.</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/261/resolucao_004-2026_altera_regimento.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Regimento Interno da Câmara Municipal de Campo do Tenente (Resolução n. 004/2019).</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/282/decreto_001-2026.pdf</t>
+  </si>
+  <si>
+    <t>DECRETO LEGISLATIVO 001/2026.</t>
+  </si>
+  <si>
     <t>244</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLEG</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo</t>
   </si>
   <si>
-    <t>Rafael Ventura</t>
-[...5 lines deleted...]
-    <t>PROJETO DE LEI 001/2025.</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/244/pl_001-2026.pdf</t>
+  </si>
+  <si>
+    <t>"CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES EFETIVOS E COMISSIONADOS DA CÂMARA MUNICIPAL DE CAMPO DO TENENTE."</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>2</t>
-[...5 lines deleted...]
-    <t>PROJETO DE LEI 002/2026</t>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/245/pl_002-2026.pdf</t>
+  </si>
+  <si>
+    <t>"CONCEDE REVISÃO DO VALOR DO AUXÍLIO-ALIMENTAÇÃO DOS SERVIDORES EFETIVOS E COMISSIONADOS DA CÂMARA MUNICIPAL DE CAMPO DO TENENTE-PR ALTERA O PARÁGRAFO ÚNICO DO ARTIGO 2° DA LEI MUNICIPAL N°1.066/2022."</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Cleiton Costa</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/249/indicacao_001-2026_cleiton_nunes.pdf</t>
+  </si>
+  <si>
+    <t>“Indica ao Poder Executivo Municipal a substituição da areia dos espaços recreativos das creches municipais por grama sintética, visando melhores condições de higiene, segurança e conforto térmico às crianças”.</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>Dr. Marcos Rodrigues, Beto Maurer, Cleiton Costa, Gilmar Barbosa, Gustavo Vizentin, Jorge Quege, Josemar Veiga, Kinho Lazarino, Rafael Ventura</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/272/indicacao_003-2026_todos_os_vereadores.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a instalação de um toldo na Escola Municipal João Paulo II, conforme solicitação da comunidade escolar por meio de abaixo-assinado.</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>Gustavo Vizentin</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/247/requerimento_001-2026_gustavo_vizentin.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações detalhadas acerca do planejamento, ações em andamento e medidas previstas para a contenção de enchentes, bem como a limpeza e manutenção das galerias fluviais no município.</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/248/requerimento_002_vereador_rafael_ventura..pdf</t>
+  </si>
+  <si>
+    <t>Solicita esclarecimentos acerca do conteúdo de e-mail em anexo, referente ao IPRECAMPO – Instituto de Previdência dos Servidores Públicos de Campo do Tenente.</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>Josemar Veiga</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/250/requerimento_003_vereador_josemar_veiga.pdf</t>
+  </si>
+  <si>
+    <t>“Solicita informações acerca da previsão para realização de obras de pavimentação asfáltica na localidade do Buriti, bem como a data prevista para início das obras”.</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/251/requerimento_004_vereador_gustavo_vizentin.pdf</t>
+  </si>
+  <si>
+    <t>“Solicita esclarecimentos e informações acerca da efetiva aplicação da Lei Municipal que instituiu o PROGRAMA BOLSA ATLETA”.</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>Beto Maurer, Cleiton Costa, Dr. Marcos Rodrigues, Gilmar Barbosa, Gustavo Vizentin, Jorge Quege, Josemar Veiga, Kinho Lazarino, Rafael Ventura</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/253/requerimento_005_todos_os_vereadores.pdf</t>
+  </si>
+  <si>
+    <t>Solicita envio de ofício ao TCE/PR e ao MP/PR para prestar informações sobre as obras da ponte metálica que liga Campo do Tenente à Lapa.</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Dr. Marcos Rodrigues</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/270/requerimento_006_vereador_marcos_antonio.pdf</t>
+  </si>
+  <si>
+    <t>REQUER RETIRADA DA PL 016/2025.</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Jorge Quege</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/268/requerimento_007_vereador_jorge_quege.docx</t>
+  </si>
+  <si>
+    <t>Solicita os check lists de controle de utilização das máquinas e caminhões caçamba, pertencentes à frota oficial do Município e também dos veículos terceirizados que prestam serviços à municipalidade.</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>OFEX</t>
+  </si>
+  <si>
+    <t>Oficio do Poder Executivo</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/252/oficio_031-2026.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº031/2026 - GAB e anexo_x000D_
+Solicita as dependências da Câmara Municipal para realização da Audiência para o Cumprimento das Metas Fiscais e Audiência Pública da Saúde, relativo ao Terceiro Quadrimestre do exercício de 2025.</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/262/046_-_resposta.pdf</t>
+  </si>
+  <si>
+    <t>Ofício 046/2026 - GAB e Anexos_x000D_
+Esclarecimentos acerca da colaboração municipal com a 2ª Delegacia Regional de Polícia de Rio Negro, em resposta ao apontamento do Vereador Jorge Luiz Quege.</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/263/050_-_encaminhamentos-anexos.pdf</t>
+  </si>
+  <si>
+    <t>Oficio nº 050/2026 - GAB e anexos_x000D_
+Segue os termos de Estimativa de Impacto Orçamentário-Financeiro referente aos Projetos de Lei nº 001/2026, nº 002/2026 e nº 003/2026.</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/269/pl004.pdf</t>
+  </si>
+  <si>
+    <t>Ofício 057/2026 - GAB e Anexos_x000D_
+Segue termo de Estimativa de Impacto Orçamentário-Financeiro referente ao Projeto de Lei nº 004/2026 que fixa o Piso Salarial dos Servidores Públicos do Município de Campo do Tenente.</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/273/072_-_camara_cidadania_plena_-_ass.pdf</t>
+  </si>
+  <si>
+    <t>Oficio nº072/2026 - GAB_x000D_
+Convite para participação no Evento Cidadania Plena.</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>ATA</t>
+  </si>
+  <si>
+    <t>Ata Sessão</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/277/ata_2847_da_sessao_solene_do_dia_03_de_fevereiro.docx</t>
+  </si>
+  <si>
+    <t>Ata Sessão Solene Nº 2.847 - 03 de fevereiro de 2026</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/279/ata_2848_da_sessao_ordinaria_do_dia_10_de_fevereiro.docx</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária Nº 2848 - 10 de fevereiro de 2026</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/281/ata_2849_da_sessao_ordinaria_do_dia_19_de_fevereiro.docx</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária Nº 2.849 - 19 de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/280/ata_2850_da_sessao_ordinaria_do_dia_24_de_fevereiro.docx</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária Nº 2.850 - 24 de fevereiro de 2026</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/275/ata_2851_da_sessao_ordinaria_do_dia_03_de_fevereiro.docx</t>
+  </si>
+  <si>
+    <t>Ata Nº 2851 - 03 de Março de 2026</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/283/ata_2852_da_sessao_ordinaria_do_dia_10_de_marco.docx</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária Nº 2.852 - 10 de março de 2026.</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/274/ata_2853_da_sessao_ordinaria_do_dia_17_de_fevereiro.pdf</t>
+  </si>
+  <si>
+    <t>ATA Nº 2853 - 17 de Fevereiro de 2026</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/276/ata_2854_da_sessao_extraordinaria_do_dia_19-03-2026..pdf</t>
+  </si>
+  <si>
+    <t>Ata Sessão Extraordinária Nº 2.854 - 19 de Março de 2026</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/284/ata_2855_da_sessao_ordinaria_do_dia_24_de_marco.docx</t>
+  </si>
+  <si>
+    <t>ATA 2855.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -417,69 +809,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/244/pl_001-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/245/pl_002-2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/254/projeto_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/255/projeto_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/257/projeto_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/258/projeto_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/256/projeto_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/246/resolucao_001-2026_estagiarios.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/259/resolucao_002-2026_diarias.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/260/resolucao_003-2026_governo_digital.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/261/resolucao_004-2026_altera_regimento.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/282/decreto_001-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/244/pl_001-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/245/pl_002-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/249/indicacao_001-2026_cleiton_nunes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/272/indicacao_003-2026_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/247/requerimento_001-2026_gustavo_vizentin.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/248/requerimento_002_vereador_rafael_ventura..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/250/requerimento_003_vereador_josemar_veiga.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/251/requerimento_004_vereador_gustavo_vizentin.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/253/requerimento_005_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/270/requerimento_006_vereador_marcos_antonio.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/268/requerimento_007_vereador_jorge_quege.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/252/oficio_031-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/262/046_-_resposta.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/263/050_-_encaminhamentos-anexos.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/269/pl004.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/273/072_-_camara_cidadania_plena_-_ass.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/277/ata_2847_da_sessao_solene_do_dia_03_de_fevereiro.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/279/ata_2848_da_sessao_ordinaria_do_dia_10_de_fevereiro.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/281/ata_2849_da_sessao_ordinaria_do_dia_19_de_fevereiro.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/280/ata_2850_da_sessao_ordinaria_do_dia_24_de_fevereiro.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/275/ata_2851_da_sessao_ordinaria_do_dia_03_de_fevereiro.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/283/ata_2852_da_sessao_ordinaria_do_dia_10_de_marco.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/274/ata_2853_da_sessao_ordinaria_do_dia_17_de_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/276/ata_2854_da_sessao_extraordinaria_do_dia_19-03-2026..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.campodotenente.pr.leg.br/media/sapl/public/materialegislativa/2026/284/ata_2855_da_sessao_ordinaria_do_dia_24_de_marco.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.5703125" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="14.140625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="23.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="128.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="216.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -516,54 +908,915 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>29</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>35</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="H7" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" t="s">
+        <v>39</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>33</v>
+      </c>
+      <c r="E10" t="s">
+        <v>34</v>
+      </c>
+      <c r="F10" t="s">
+        <v>39</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H10" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
+        <v>49</v>
+      </c>
+      <c r="E11" t="s">
+        <v>50</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" t="s">
+        <v>54</v>
+      </c>
+      <c r="E12" t="s">
+        <v>55</v>
+      </c>
+      <c r="F12" t="s">
+        <v>35</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="H12" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" t="s">
+        <v>54</v>
+      </c>
+      <c r="E13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" t="s">
+        <v>35</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H13" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>62</v>
+      </c>
+      <c r="E14" t="s">
+        <v>63</v>
+      </c>
+      <c r="F14" t="s">
+        <v>64</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H14" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>67</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" t="s">
+        <v>62</v>
+      </c>
+      <c r="E15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" t="s">
+        <v>68</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="H15" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" t="s">
+        <v>74</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" t="s">
+        <v>72</v>
+      </c>
+      <c r="E17" t="s">
+        <v>73</v>
+      </c>
+      <c r="F17" t="s">
+        <v>35</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="H17" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>80</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" t="s">
+        <v>72</v>
+      </c>
+      <c r="E18" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" t="s">
+        <v>81</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H18" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>25</v>
+      </c>
+      <c r="D19" t="s">
+        <v>72</v>
+      </c>
+      <c r="E19" t="s">
+        <v>73</v>
+      </c>
+      <c r="F19" t="s">
+        <v>74</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="H19" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>87</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>29</v>
+      </c>
+      <c r="D20" t="s">
+        <v>72</v>
+      </c>
+      <c r="E20" t="s">
+        <v>73</v>
+      </c>
+      <c r="F20" t="s">
+        <v>88</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="H20" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>92</v>
+      </c>
+      <c r="D21" t="s">
+        <v>72</v>
+      </c>
+      <c r="E21" t="s">
+        <v>73</v>
+      </c>
+      <c r="F21" t="s">
+        <v>93</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="H21" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>96</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>97</v>
+      </c>
+      <c r="D22" t="s">
+        <v>72</v>
+      </c>
+      <c r="E22" t="s">
+        <v>73</v>
+      </c>
+      <c r="F22" t="s">
+        <v>98</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H22" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>101</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" t="s">
+        <v>102</v>
+      </c>
+      <c r="E23" t="s">
+        <v>103</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H23" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" t="s">
+        <v>102</v>
+      </c>
+      <c r="E24" t="s">
+        <v>103</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H24" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>109</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" t="s">
+        <v>102</v>
+      </c>
+      <c r="E25" t="s">
+        <v>103</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="H25" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>112</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>25</v>
+      </c>
+      <c r="D26" t="s">
+        <v>102</v>
+      </c>
+      <c r="E26" t="s">
+        <v>103</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="H26" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>115</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>29</v>
+      </c>
+      <c r="D27" t="s">
+        <v>102</v>
+      </c>
+      <c r="E27" t="s">
+        <v>103</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="H27" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>118</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" t="s">
+        <v>119</v>
+      </c>
+      <c r="E28" t="s">
+        <v>120</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H28" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>123</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>17</v>
+      </c>
+      <c r="D29" t="s">
+        <v>119</v>
+      </c>
+      <c r="E29" t="s">
+        <v>120</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="H29" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>126</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>21</v>
+      </c>
+      <c r="D30" t="s">
+        <v>119</v>
+      </c>
+      <c r="E30" t="s">
+        <v>120</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H30" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>25</v>
+      </c>
+      <c r="D31" t="s">
+        <v>119</v>
+      </c>
+      <c r="E31" t="s">
+        <v>120</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="H31" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>132</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>29</v>
+      </c>
+      <c r="D32" t="s">
+        <v>119</v>
+      </c>
+      <c r="E32" t="s">
+        <v>120</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H32" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>135</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>92</v>
+      </c>
+      <c r="D33" t="s">
+        <v>119</v>
+      </c>
+      <c r="E33" t="s">
+        <v>120</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="H33" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>138</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>97</v>
+      </c>
+      <c r="D34" t="s">
+        <v>119</v>
+      </c>
+      <c r="E34" t="s">
+        <v>120</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H34" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>141</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>142</v>
+      </c>
+      <c r="D35" t="s">
+        <v>119</v>
+      </c>
+      <c r="E35" t="s">
+        <v>120</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H35" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>145</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>146</v>
+      </c>
+      <c r="D36" t="s">
+        <v>119</v>
+      </c>
+      <c r="E36" t="s">
+        <v>120</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="H36" t="s">
+        <v>148</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>