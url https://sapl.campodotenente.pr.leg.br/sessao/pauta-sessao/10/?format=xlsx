--- v0 (2025-11-10)
+++ v1 (2025-12-26)
@@ -10,119 +10,122 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="33">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Origem Poder Executivo nº 12 de 2025</t>
   </si>
   <si>
     <t>Weverton Willian Vizentin - Prefeito</t>
   </si>
   <si>
     <t>PRORROGA O PLANO MUNICIPAL DE EDUCAÇÃO REGULAMENTADO PELA LEI Nº 869, DE 11 DE JUNHO DE 2015.</t>
   </si>
   <si>
     <t>Proposição aprovada em 1º turno</t>
   </si>
   <si>
     <t>Projeto de Lei Origem Poder Executivo nº 13 de 2025</t>
   </si>
   <si>
-    <t>Ofício nº 254/2025-Gab, encaminha Projeto de Lei nº 013/2025, “DISPÕE SOBRE O CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA, A CONFERÊNCIA MUNICIPAL DOS DIREITOS DA PESSOA IDOSA E SOBRE O FUNDO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA NO MUNICÍPIO DE CAMPO DO TENENTE”.</t>
+    <t>“DISPÕE SOBRE O CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA, A CONFERÊNCIA MUNICIPAL DOS DIREITOS DA PESSOA IDOSA E SOBRE O FUNDO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA NO MUNICÍPIO DE CAMPO DO TENENTE”.</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 13 de 2025</t>
   </si>
   <si>
     <t>Dr. Marcos Rodrigues</t>
   </si>
   <si>
     <t>INSTITUI O SELO "EMPRESA AMIGA DA JUVENTUDE"</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 6 de 2025</t>
   </si>
   <si>
     <t>Cleiton Costa</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção por tempo determinado de imposto predial e territorial urbano – IPTU para novos loteamentos e condomínios, regularmente cadastrados na área urbana do município de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>Aguardando emissão de parecer da comissão</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 8 de 2025</t>
   </si>
   <si>
     <t>Rafael Ventura,Gustavo Vizentin,Josemar Veiga,Kinho</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial ético instituído pela OAB-PR para o cargo de Advogado da Câmara Municipal de Campo do Tenente e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 9 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de alteração temporária da carga horária dos servidores da Câmara Municipal de Campo do Tenente, com ajuste proporcional da remuneração, mediante concordância expressa, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 11 de 2025</t>
   </si>
   <si>
     <t>Rafael Ventura</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI FEDERAL Nº 12.527/2011- LEI DE ACESSO À INFORMAÇÃO - LAI, NO ÂMBITO DA CÂMARA MUNICIPAL DE CAMPO DO TENENTE – PR.</t>
   </si>
   <si>
     <t>Requerimento nº 26 de 2025</t>
   </si>
   <si>
     <t>Gustavo Vizentin</t>
   </si>
   <si>
     <t>Solicita a presença da Comissão Organizadora da 2ª Edição da Campo Agro 2025.</t>
   </si>
@@ -451,51 +454,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="50.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="48.7109375" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="213" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
@@ -572,111 +575,111 @@
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>21</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>28</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E8" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>94</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E9" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F9" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>