--- v0 (2025-11-10)
+++ v1 (2025-12-25)
@@ -54,60 +54,60 @@
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 6 de 2025</t>
   </si>
   <si>
     <t>Cleiton Costa</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção por tempo determinado de imposto predial e territorial urbano – IPTU para novos loteamentos e condomínios, regularmente cadastrados na área urbana do município de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>Aguardando emissão de parecer da comissão</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 8 de 2025</t>
   </si>
   <si>
     <t>Rafael Ventura,Gustavo Vizentin,Josemar Veiga,Kinho</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial ético instituído pela OAB-PR para o cargo de Advogado da Câmara Municipal de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
+    <t>Não informada</t>
+  </si>
+  <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 16 de 2025</t>
   </si>
   <si>
     <t>Dr. Marcos Rodrigues</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA INCLUSÃO DE, NO MÍNIMO, UMA ATRAÇÃO DE CARÁTER RELIGIOSO NAS FESTIVIDADES MUNICIPAIS DE CAMPO DO TENENTE COM DURAÇÃO SUPERIOR A UM DIA, E DÁ OUTRAS PROVIDÊNCIAS</t>
-  </si>
-[...1 lines deleted...]
-    <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Lei Origem Poder Executivo nº 15 de 2025</t>
   </si>
   <si>
     <t>Weverton Willian Vizentin - Prefeito</t>
   </si>
   <si>
     <t>Define e delimita os bairros do perímetro urbano do município de Campo do Tenente</t>
   </si>
   <si>
     <t>Projeto de Lei Origem Poder Executivo nº 16 de 2025</t>
   </si>
   <si>
     <t>Estabelece o Código Ambiental do Município de Campo do Tenente, institui a Política Municipal de Meio Ambiente e o Sistema Municipal de Meio Ambiente, e dá outras providências</t>
   </si>
   <si>
     <t>Projeto de Lei Origem Poder Executivo nº 17 de 2025</t>
   </si>
   <si>
     <t>Cria o Fundo de Desenvolvimento Urbano – FDU - do Município de Campo do Tenente e dá outras providências</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo nº 1 de 2025</t>
   </si>
@@ -560,71 +560,71 @@
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>27</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>180</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" t="s">
         <v>14</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>127</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>129</v>
@@ -834,77 +834,77 @@
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>42</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>181</v>
       </c>
       <c r="B17" t="s">
         <v>6</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E17" t="s">
         <v>44</v>
       </c>
       <c r="F17" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>185</v>
       </c>
       <c r="B18" t="s">
         <v>6</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18" t="s">
         <v>46</v>
       </c>
       <c r="E18" t="s">
         <v>47</v>
       </c>
       <c r="F18" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>