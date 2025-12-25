--- v0 (2025-11-10)
+++ v1 (2025-12-25)
@@ -54,87 +54,87 @@
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 6 de 2025</t>
   </si>
   <si>
     <t>Cleiton Costa</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção por tempo determinado de imposto predial e territorial urbano – IPTU para novos loteamentos e condomínios, regularmente cadastrados na área urbana do município de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>Aguardando emissão de parecer da comissão</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 8 de 2025</t>
   </si>
   <si>
     <t>Rafael Ventura,Gustavo Vizentin,Josemar Veiga,Kinho</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial ético instituído pela OAB-PR para o cargo de Advogado da Câmara Municipal de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
+    <t>Não informada</t>
+  </si>
+  <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 16 de 2025</t>
   </si>
   <si>
     <t>Dr. Marcos Rodrigues</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA INCLUSÃO DE, NO MÍNIMO, UMA ATRAÇÃO DE CARÁTER RELIGIOSO NAS FESTIVIDADES MUNICIPAIS DE CAMPO DO TENENTE COM DURAÇÃO SUPERIOR A UM DIA, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>Projeto de Lei Origem Poder Executivo nº 15 de 2025</t>
   </si>
   <si>
     <t>Weverton Willian Vizentin - Prefeito</t>
   </si>
   <si>
     <t>Define e delimita os bairros do perímetro urbano do município de Campo do Tenente</t>
   </si>
   <si>
     <t>Projeto de Lei Origem Poder Executivo nº 16 de 2025</t>
   </si>
   <si>
     <t>Estabelece o Código Ambiental do Município de Campo do Tenente, institui a Política Municipal de Meio Ambiente e o Sistema Municipal de Meio Ambiente, e dá outras providências</t>
   </si>
   <si>
     <t>Projeto de Lei Origem Poder Executivo nº 17 de 2025</t>
   </si>
   <si>
     <t>Cria o Fundo de Desenvolvimento Urbano – FDU - do Município de Campo do Tenente e dá outras providências</t>
   </si>
   <si>
     <t>Projeto de Lei Origem Poder Executivo nº 18 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DO ORÇAMENTO DO MUNICÍPIO DE CAMPO DO TENENTE, ESTADO DO PARANÁ, PARA O EXERCÍCIO FINANCEIRO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Lei Origem Poder Executivo nº 19 de 2025</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DE GOVERNO DO MUNICÍPIO, PARA O PERÍODO DE 2026 A 2029, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo nº 1 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Diretor do Município de Campo do Tenente e dá outras providências</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo nº 2 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre o Macrozoneamento e Uso e Ocupação do Solo da Área Rural do Município de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo nº 3 de 2025</t>
   </si>
   <si>
     <t>Define o perímetro urbano do município de Campo do Tenente.</t>
   </si>
@@ -584,411 +584,411 @@
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>27</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>13</v>
       </c>
       <c r="F3" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>180</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>127</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>129</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>130</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>189</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F8" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>190</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>118</v>
       </c>
       <c r="B10" t="s">
         <v>6</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E10" t="s">
         <v>30</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>119</v>
       </c>
       <c r="B11" t="s">
         <v>6</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E11" t="s">
         <v>32</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>120</v>
       </c>
       <c r="B12" t="s">
         <v>6</v>
       </c>
       <c r="C12" t="s">
         <v>33</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>121</v>
       </c>
       <c r="B13" t="s">
         <v>6</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>36</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>122</v>
       </c>
       <c r="B14" t="s">
         <v>6</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E14" t="s">
         <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>123</v>
       </c>
       <c r="B15" t="s">
         <v>6</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E15" t="s">
         <v>40</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>124</v>
       </c>
       <c r="B16" t="s">
         <v>6</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E16" t="s">
         <v>42</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>125</v>
       </c>
       <c r="B17" t="s">
         <v>6</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E17" t="s">
         <v>44</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>126</v>
       </c>
       <c r="B18" t="s">
         <v>6</v>
       </c>
       <c r="C18" t="s">
         <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E18" t="s">
         <v>46</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>193</v>
       </c>
       <c r="B19" t="s">
         <v>6</v>
       </c>
       <c r="C19" t="s">
         <v>47</v>
       </c>
       <c r="D19" t="s">
         <v>48</v>
       </c>
       <c r="E19" t="s">
         <v>49</v>
       </c>
       <c r="F19" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>192</v>
       </c>
       <c r="B20" t="s">
         <v>6</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20" t="s">
         <v>51</v>
       </c>
       <c r="E20" t="s">
         <v>52</v>
       </c>
       <c r="F20" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>194</v>
       </c>
       <c r="B21" t="s">
         <v>6</v>
       </c>
       <c r="C21" t="s">
         <v>53</v>
       </c>
       <c r="D21" t="s">
         <v>54</v>
       </c>
       <c r="E21" t="s">
         <v>55</v>
       </c>
       <c r="F21" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>