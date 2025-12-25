--- v0 (2025-11-10)
+++ v1 (2025-12-25)
@@ -81,51 +81,51 @@
   <si>
     <t>Rafael Ventura</t>
   </si>
   <si>
     <t>INSTITUI O TÍTULO DE "EMBAIXADOR(A) HONORÁRIO(A) DE CAMPO DO TENENTE" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 12 de 2025</t>
   </si>
   <si>
     <t>INSTITUI O PARLAMENTO MUNICIPAL DA PESSOA COM DEFICIÊNCIA NO MUNICÍPIO DE CAMPO DO TENENTE, DESTINADO A ESTUDANTES DA APAE, COM FINS EDUCATIVOS E DE CIDADANIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 11 de 2025</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI FEDERAL Nº 12.527/2011- LEI DE ACESSO À INFORMAÇÃO - LAI, NO ÂMBITO DA CÂMARA MUNICIPAL DE CAMPO DO TENENTE – PR.</t>
   </si>
   <si>
     <t>Projeto de Lei Origem Poder Executivo nº 13 de 2025</t>
   </si>
   <si>
-    <t>Ofício nº 254/2025-Gab, encaminha Projeto de Lei nº 013/2025, “DISPÕE SOBRE O CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA, A CONFERÊNCIA MUNICIPAL DOS DIREITOS DA PESSOA IDOSA E SOBRE O FUNDO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA NO MUNICÍPIO DE CAMPO DO TENENTE”.</t>
+    <t>“DISPÕE SOBRE O CONSELHO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA, A CONFERÊNCIA MUNICIPAL DOS DIREITOS DA PESSOA IDOSA E SOBRE O FUNDO MUNICIPAL DOS DIREITOS DA PESSOA IDOSA NO MUNICÍPIO DE CAMPO DO TENENTE”.</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 6 de 2025</t>
   </si>
   <si>
     <t>Cleiton Costa</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção por tempo determinado de imposto predial e territorial urbano – IPTU para novos loteamentos e condomínios, regularmente cadastrados na área urbana do município de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 8 de 2025</t>
   </si>
   <si>
     <t>Rafael Ventura,Gustavo Vizentin,Josemar Veiga,Kinho</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial ético instituído pela OAB-PR para o cargo de Advogado da Câmara Municipal de Campo do Tenente e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei Origem do Poder Legislativo nº 9 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de alteração temporária da carga horária dos servidores da Câmara Municipal de Campo do Tenente, com ajuste proporcional da remuneração, mediante concordância expressa, e dá outras providências.</t>
   </si>
@@ -481,51 +481,51 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="50.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="48.7109375" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="213" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">